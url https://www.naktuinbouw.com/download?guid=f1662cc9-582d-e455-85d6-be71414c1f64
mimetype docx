--- v0 (2025-10-14)
+++ v1 (2026-01-19)
@@ -1082,69 +1082,58 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7865" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4B983481" w14:textId="3AF06291" w:rsidR="003C770F" w:rsidRPr="00A907E4" w:rsidRDefault="00E2299D" w:rsidP="00841F5B">
             <w:pPr>
               <w:pStyle w:val="Kop1"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0A424AD1">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Mr</w:t>
-[...9 lines deleted...]
-              <w:t xml:space="preserve">* / </w:t>
+              <w:t xml:space="preserve">Mr* / </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0A424AD1">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Mrs</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="0A424AD1">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
             <w:r w:rsidR="479AB4DA" w:rsidRPr="0A424AD1">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
@@ -2259,182 +2248,189 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6637" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="234AF8AE" w14:textId="77777777" w:rsidR="007764CB" w:rsidRDefault="007764CB">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="6840"/>
                 <w:tab w:val="left" w:pos="8100"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="7202FD47" w14:textId="1CD8DABA" w:rsidR="008C13F1" w:rsidRPr="008C13F1" w:rsidRDefault="3A254451" w:rsidP="008C13F1">
+          <w:p w14:paraId="7202FD47" w14:textId="1F25E8A5" w:rsidR="008C13F1" w:rsidRPr="008C13F1" w:rsidRDefault="3A254451" w:rsidP="008C13F1">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="6840"/>
                 <w:tab w:val="left" w:pos="8100"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0A424AD1">
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t xml:space="preserve">Costs:  </w:t>
             </w:r>
             <w:r w:rsidR="008C13F1" w:rsidRPr="0A424AD1">
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t>:  1-4 samples €3</w:t>
             </w:r>
-            <w:r w:rsidR="000B6B64">
+            <w:r w:rsidR="008A71EB">
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
-              <w:t>64</w:t>
+              <w:t>89</w:t>
             </w:r>
             <w:r w:rsidR="008C13F1" w:rsidRPr="0A424AD1">
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t xml:space="preserve">,- per sample.** </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="77BB7251" w14:textId="6A79653C" w:rsidR="008C13F1" w:rsidRPr="008C13F1" w:rsidRDefault="008C13F1" w:rsidP="008C13F1">
+          <w:p w14:paraId="77BB7251" w14:textId="704E55C9" w:rsidR="008C13F1" w:rsidRPr="008C13F1" w:rsidRDefault="008C13F1" w:rsidP="008C13F1">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="6840"/>
                 <w:tab w:val="left" w:pos="8100"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0A424AD1">
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t xml:space="preserve">             </w:t>
             </w:r>
             <w:r w:rsidR="006B1DA9">
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidRPr="0A424AD1">
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t>5-8 samples €</w:t>
             </w:r>
             <w:r w:rsidR="00DB01A0">
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
-            <w:r w:rsidR="00293885">
+            <w:r w:rsidR="008A71EB">
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
-              <w:t>36</w:t>
+              <w:t>60</w:t>
             </w:r>
             <w:r w:rsidRPr="0A424AD1">
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t xml:space="preserve">,- per sample.** </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6D1D926C" w14:textId="5B69BDAD" w:rsidR="008C13F1" w:rsidRPr="008C13F1" w:rsidRDefault="008C13F1" w:rsidP="008C13F1">
+          <w:p w14:paraId="6D1D926C" w14:textId="538E8C46" w:rsidR="008C13F1" w:rsidRPr="008C13F1" w:rsidRDefault="008C13F1" w:rsidP="008C13F1">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="6840"/>
                 <w:tab w:val="left" w:pos="8100"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0A424AD1">
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t xml:space="preserve">             </w:t>
             </w:r>
             <w:r w:rsidR="006B1DA9">
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidRPr="0A424AD1">
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t>9 samples or more €</w:t>
             </w:r>
             <w:r w:rsidR="00293885">
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
-              <w:t>303</w:t>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="008A71EB">
+              <w:rPr>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+              </w:rPr>
+              <w:t>24</w:t>
             </w:r>
             <w:r w:rsidRPr="0A424AD1">
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t>,- per sample.**</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0FAE0191" w14:textId="3554F63C" w:rsidR="007764CB" w:rsidRDefault="007764CB">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="6840"/>
                 <w:tab w:val="left" w:pos="8100"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="17771E7C" w14:textId="77777777" w:rsidR="008C13F1" w:rsidRDefault="008C13F1">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="6840"/>
@@ -2725,81 +2721,113 @@
       </w:r>
       <w:r w:rsidR="0009664D" w:rsidRPr="0A424AD1">
         <w:rPr>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
         <w:t>Strike out in case of irrelevance</w:t>
       </w:r>
       <w:r w:rsidR="00DF440D" w:rsidRPr="0A424AD1">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B02DFD" w:rsidRPr="0A424AD1">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5360CCA2" w14:textId="61A0F708" w:rsidR="0047315E" w:rsidRPr="0009664D" w:rsidRDefault="0047315E" w:rsidP="0A424AD1">
+    <w:p w14:paraId="5360CCA2" w14:textId="454F2E9D" w:rsidR="0047315E" w:rsidRPr="0009664D" w:rsidRDefault="0047315E" w:rsidP="0A424AD1">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
         <w:sectPr w:rsidR="0047315E" w:rsidRPr="0009664D" w:rsidSect="00E8741B">
           <w:footerReference w:type="default" r:id="rId13"/>
           <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
           <w:pgMar w:top="86" w:right="1134" w:bottom="540" w:left="1134" w:header="354" w:footer="306" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
       <w:r w:rsidRPr="0A424AD1">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
         <w:t>** Excluding one-time €</w:t>
       </w:r>
       <w:r w:rsidR="00097FF4">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
-        <w:t>40,40</w:t>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="00F621D3">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00097FF4">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00F621D3">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00097FF4">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+        <w:t>0</w:t>
       </w:r>
       <w:r w:rsidRPr="0A424AD1">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
         <w:t xml:space="preserve"> administration costs </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4397351F" w14:textId="77777777" w:rsidR="0071211C" w:rsidRPr="00FD6602" w:rsidRDefault="0071211C" w:rsidP="0A424AD1">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0A424AD1">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -3487,104 +3515,104 @@
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="6DA0E031" w14:textId="5A08DBE0" w:rsidR="00544B1C" w:rsidRPr="00421281" w:rsidRDefault="0A424AD1" w:rsidP="00D103CE">
+  <w:p w14:paraId="6DA0E031" w14:textId="4E0433FF" w:rsidR="00544B1C" w:rsidRPr="00421281" w:rsidRDefault="0A424AD1" w:rsidP="00D103CE">
     <w:pPr>
       <w:pStyle w:val="Voettekst"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="9072"/>
         <w:tab w:val="right" w:pos="9720"/>
       </w:tabs>
       <w:rPr>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="0A424AD1">
       <w:rPr>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
       <w:t xml:space="preserve">Version </w:t>
     </w:r>
     <w:r w:rsidR="00982F8E">
       <w:rPr>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
       <w:t>January 202</w:t>
     </w:r>
-    <w:r w:rsidR="00097FF4">
+    <w:r w:rsidR="008A71EB">
       <w:rPr>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
-      <w:t>5</w:t>
+      <w:t>6</w:t>
     </w:r>
     <w:r w:rsidR="0030701A">
       <w:tab/>
     </w:r>
     <w:r w:rsidR="0030701A">
       <w:tab/>
     </w:r>
     <w:r w:rsidRPr="0A424AD1">
       <w:rPr>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
       <w:t>Pag</w:t>
     </w:r>
     <w:r w:rsidR="00103DAB">
       <w:rPr>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
       <w:t>e</w:t>
     </w:r>
     <w:r w:rsidRPr="0A424AD1">
       <w:rPr>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
@@ -5493,82 +5521,83 @@
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="692802194">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1121412069">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="28266215">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="963344958">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="933128681">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="914555835">
     <w:abstractNumId w:val="4"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="150"/>
   <w:proofState w:spelling="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="709"/>
   <w:hyphenationZone w:val="425"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00E44DC2"/>
     <w:rsid w:val="00000F54"/>
     <w:rsid w:val="0000321A"/>
     <w:rsid w:val="000054A9"/>
     <w:rsid w:val="00010578"/>
     <w:rsid w:val="00035FC0"/>
+    <w:rsid w:val="00037BD2"/>
     <w:rsid w:val="00045C80"/>
     <w:rsid w:val="00050E3F"/>
     <w:rsid w:val="000573AA"/>
     <w:rsid w:val="00064B6A"/>
     <w:rsid w:val="00080CAF"/>
     <w:rsid w:val="00084B97"/>
     <w:rsid w:val="0009664D"/>
     <w:rsid w:val="00097FF4"/>
     <w:rsid w:val="000B1D05"/>
     <w:rsid w:val="000B6B64"/>
     <w:rsid w:val="000C5F1C"/>
     <w:rsid w:val="000D06E3"/>
     <w:rsid w:val="000E0D5B"/>
     <w:rsid w:val="000E44F8"/>
     <w:rsid w:val="000F2F2F"/>
     <w:rsid w:val="00103DAB"/>
     <w:rsid w:val="00130879"/>
     <w:rsid w:val="00133943"/>
     <w:rsid w:val="00164AFC"/>
     <w:rsid w:val="00167AC2"/>
     <w:rsid w:val="00175512"/>
     <w:rsid w:val="00181B8E"/>
     <w:rsid w:val="001E364E"/>
     <w:rsid w:val="001F720F"/>
     <w:rsid w:val="002355A6"/>
@@ -5643,72 +5672,72 @@
     <w:rsid w:val="006763E3"/>
     <w:rsid w:val="006908E4"/>
     <w:rsid w:val="00692EB1"/>
     <w:rsid w:val="00694E63"/>
     <w:rsid w:val="006B1BFF"/>
     <w:rsid w:val="006B1DA9"/>
     <w:rsid w:val="006D78E8"/>
     <w:rsid w:val="007051AA"/>
     <w:rsid w:val="0071211C"/>
     <w:rsid w:val="0071668E"/>
     <w:rsid w:val="007706F4"/>
     <w:rsid w:val="007764CB"/>
     <w:rsid w:val="007852E2"/>
     <w:rsid w:val="007952B3"/>
     <w:rsid w:val="007D4512"/>
     <w:rsid w:val="008109BC"/>
     <w:rsid w:val="0081559E"/>
     <w:rsid w:val="00826F09"/>
     <w:rsid w:val="00834D1A"/>
     <w:rsid w:val="00834ECE"/>
     <w:rsid w:val="00841F5B"/>
     <w:rsid w:val="00856910"/>
     <w:rsid w:val="00867816"/>
     <w:rsid w:val="00870C57"/>
     <w:rsid w:val="00894CAC"/>
+    <w:rsid w:val="008A71EB"/>
     <w:rsid w:val="008C0CDF"/>
     <w:rsid w:val="008C13F1"/>
     <w:rsid w:val="008D042A"/>
     <w:rsid w:val="008D0873"/>
     <w:rsid w:val="008E42CB"/>
     <w:rsid w:val="00910027"/>
     <w:rsid w:val="00912CE5"/>
     <w:rsid w:val="009254AB"/>
     <w:rsid w:val="00927906"/>
     <w:rsid w:val="00941572"/>
     <w:rsid w:val="0096297D"/>
     <w:rsid w:val="009752DE"/>
     <w:rsid w:val="00982F8E"/>
     <w:rsid w:val="00986931"/>
     <w:rsid w:val="00991D92"/>
     <w:rsid w:val="009A0038"/>
     <w:rsid w:val="009C74F2"/>
     <w:rsid w:val="009D19CF"/>
     <w:rsid w:val="009D6020"/>
     <w:rsid w:val="009E161B"/>
     <w:rsid w:val="00A47C9F"/>
-    <w:rsid w:val="00A61C74"/>
     <w:rsid w:val="00A61D1C"/>
     <w:rsid w:val="00A763B5"/>
     <w:rsid w:val="00A907E4"/>
     <w:rsid w:val="00A932E7"/>
     <w:rsid w:val="00AC6947"/>
     <w:rsid w:val="00AD0DC0"/>
     <w:rsid w:val="00AF4499"/>
     <w:rsid w:val="00AF7773"/>
     <w:rsid w:val="00B02DFD"/>
     <w:rsid w:val="00B12AF1"/>
     <w:rsid w:val="00B12E7E"/>
     <w:rsid w:val="00B15955"/>
     <w:rsid w:val="00B27176"/>
     <w:rsid w:val="00B4225F"/>
     <w:rsid w:val="00B755FC"/>
     <w:rsid w:val="00B86156"/>
     <w:rsid w:val="00B90DEE"/>
     <w:rsid w:val="00B943E0"/>
     <w:rsid w:val="00B97C7E"/>
     <w:rsid w:val="00BC3680"/>
     <w:rsid w:val="00BC5348"/>
     <w:rsid w:val="00BF35C7"/>
     <w:rsid w:val="00C02FCF"/>
     <w:rsid w:val="00C432A8"/>
     <w:rsid w:val="00C5257B"/>
@@ -5719,57 +5748,57 @@
     <w:rsid w:val="00D17E3B"/>
     <w:rsid w:val="00D339C0"/>
     <w:rsid w:val="00D34C14"/>
     <w:rsid w:val="00D36059"/>
     <w:rsid w:val="00D76EC6"/>
     <w:rsid w:val="00D945BA"/>
     <w:rsid w:val="00DB01A0"/>
     <w:rsid w:val="00DC0601"/>
     <w:rsid w:val="00DC0C95"/>
     <w:rsid w:val="00DD57A4"/>
     <w:rsid w:val="00DE40E6"/>
     <w:rsid w:val="00DF3C29"/>
     <w:rsid w:val="00DF440D"/>
     <w:rsid w:val="00E2299D"/>
     <w:rsid w:val="00E238C2"/>
     <w:rsid w:val="00E24CB2"/>
     <w:rsid w:val="00E31F9D"/>
     <w:rsid w:val="00E44DC2"/>
     <w:rsid w:val="00E66D3C"/>
     <w:rsid w:val="00E72EBB"/>
     <w:rsid w:val="00E765DA"/>
     <w:rsid w:val="00E8741B"/>
     <w:rsid w:val="00EB3B79"/>
     <w:rsid w:val="00ED0174"/>
     <w:rsid w:val="00ED052D"/>
-    <w:rsid w:val="00ED23FC"/>
     <w:rsid w:val="00ED347C"/>
     <w:rsid w:val="00EF4EDC"/>
     <w:rsid w:val="00F06FEF"/>
     <w:rsid w:val="00F10939"/>
     <w:rsid w:val="00F22C3E"/>
     <w:rsid w:val="00F5119D"/>
+    <w:rsid w:val="00F621D3"/>
     <w:rsid w:val="00F7771C"/>
     <w:rsid w:val="00F96FB9"/>
     <w:rsid w:val="00FE4E4B"/>
     <w:rsid w:val="00FE5340"/>
     <w:rsid w:val="00FF154F"/>
     <w:rsid w:val="00FF3BE6"/>
     <w:rsid w:val="00FF511E"/>
     <w:rsid w:val="04C19A87"/>
     <w:rsid w:val="0A424AD1"/>
     <w:rsid w:val="0E2869CE"/>
     <w:rsid w:val="0EF925F2"/>
     <w:rsid w:val="114CAFA6"/>
     <w:rsid w:val="1678C06B"/>
     <w:rsid w:val="1BD93ACA"/>
     <w:rsid w:val="2791E9C1"/>
     <w:rsid w:val="384AFE79"/>
     <w:rsid w:val="3A254451"/>
     <w:rsid w:val="3ADB24CE"/>
     <w:rsid w:val="3B5060E6"/>
     <w:rsid w:val="479AB4DA"/>
     <w:rsid w:val="4E46AE29"/>
     <w:rsid w:val="56355D90"/>
     <w:rsid w:val="57425D80"/>
     <w:rsid w:val="5C446FD5"/>
     <w:rsid w:val="5C8379BD"/>
@@ -7133,75 +7162,50 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
-[...23 lines deleted...]
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101007286B0451BAD184A9DFC1538F052BC8A" ma:contentTypeVersion="17" ma:contentTypeDescription="Een nieuw document maken." ma:contentTypeScope="" ma:versionID="a9d5d5662c278c5d19b9f141b8adb1a4">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="24929bf3-b300-455c-8c91-64d18670ddfe" xmlns:ns3="dd4a8d54-c598-4368-a490-fd3bd0b40fec" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="1043e4fed6921001c45758527d6d6d24" ns2:_="" ns3:_="">
     <xsd:import namespace="24929bf3-b300-455c-8c91-64d18670ddfe"/>
     <xsd:import namespace="dd4a8d54-c598-4368-a490-fd3bd0b40fec"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:Afbeelding" minOccurs="0"/>
@@ -7400,141 +7404,160 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-[...13 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="dd4a8d54-c598-4368-a490-fd3bd0b40fec" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="24929bf3-b300-455c-8c91-64d18670ddfe">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <Afbeelding xmlns="24929bf3-b300-455c-8c91-64d18670ddfe" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2F980EDF-9B2D-4BDD-9EC6-BC94024725BD}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="24929bf3-b300-455c-8c91-64d18670ddfe"/>
     <ds:schemaRef ds:uri="dd4a8d54-c598-4368-a490-fd3bd0b40fec"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C9AD1468-6D11-42F1-BEE1-5957AAB1D633}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AB5A0B0B-A7C6-4E73-9CF6-D42AF7AC78FC}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FDBA7011-2608-48BD-952D-897C2171391A}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="dd4a8d54-c598-4368-a490-fd3bd0b40fec"/>
+    <ds:schemaRef ds:uri="24929bf3-b300-455c-8c91-64d18670ddfe"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>normal</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
   <Words>261</Words>
   <Characters>1747</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>14</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Verzamelen en inzenden van monsters</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Naktuinbouw, Roelofarendsveen, NL</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>2004</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>Submission form SSR Identification (Variety Tracer)</dc:title>
+  <dc:title>Verzamelen en inzenden van monsters</dc:title>
   <dc:subject/>
   <dc:creator>Deinum, D. (Daniël)</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101007286B0451BAD184A9DFC1538F052BC8A</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="GrammarlyDocumentId">
     <vt:lpwstr>fa2d3591b94ffa8feeaecf93e0236a0a4c398b06e020674a9cd27a1250bc133f</vt:lpwstr>
   </property>
 </Properties>
 </file>