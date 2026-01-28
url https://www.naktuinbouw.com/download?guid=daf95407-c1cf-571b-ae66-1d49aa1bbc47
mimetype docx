--- v0 (2025-10-14)
+++ v1 (2026-01-28)
@@ -8,3372 +8,3235 @@
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="0CE313BD" w14:textId="77777777" w:rsidR="00E44DC2" w:rsidRPr="00F856D3" w:rsidRDefault="00E44DC2" w:rsidP="05AD132F">
+    <w:p w14:paraId="0CE313BD" w14:textId="77777777" w:rsidR="00E44DC2" w:rsidRPr="007E4E52" w:rsidRDefault="00E44DC2" w:rsidP="05AD132F">
       <w:pPr>
         <w:pStyle w:val="Kop1"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10018" w:type="dxa"/>
         <w:tblInd w:w="-110" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2153"/>
         <w:gridCol w:w="2828"/>
         <w:gridCol w:w="1431"/>
         <w:gridCol w:w="968"/>
         <w:gridCol w:w="2638"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E8741B" w:rsidRPr="00F856D3" w14:paraId="2170D913" w14:textId="77777777" w:rsidTr="5EDCDE65">
+      <w:tr w:rsidR="00E8741B" w:rsidRPr="007E4E52" w14:paraId="2170D913" w14:textId="77777777" w:rsidTr="5EDCDE65">
         <w:trPr>
           <w:trHeight w:val="463"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7380" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7E78F0CE" w14:textId="33B11A5A" w:rsidR="00E8741B" w:rsidRPr="00F856D3" w:rsidRDefault="6988A2C6" w:rsidP="05AD132F">
+          <w:p w14:paraId="7E78F0CE" w14:textId="33B11A5A" w:rsidR="00E8741B" w:rsidRPr="007E4E52" w:rsidRDefault="6988A2C6" w:rsidP="05AD132F">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="en-US"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="5EDCDE65">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E4E52">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Submission</w:t>
             </w:r>
-            <w:r w:rsidR="007573AC" w:rsidRPr="5EDCDE65">
+            <w:r w:rsidR="007573AC" w:rsidRPr="007E4E52">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> form Variety Identification based on SNP markers with the GT-</w:t>
+              <w:t xml:space="preserve"> form Variety Identification based on SNP markers with the </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidR="007573AC" w:rsidRPr="5EDCDE65">
+            <w:r w:rsidR="007573AC" w:rsidRPr="007E4E52">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Seq</w:t>
+              <w:t>GT-Seq</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidR="007573AC" w:rsidRPr="5EDCDE65">
+            <w:r w:rsidR="007573AC" w:rsidRPr="007E4E52">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> method</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2638" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="00BB030E" w14:textId="77777777" w:rsidR="00E8741B" w:rsidRPr="00F856D3" w:rsidRDefault="002D28E8" w:rsidP="003378C0">
+          <w:p w14:paraId="00BB030E" w14:textId="77777777" w:rsidR="00E8741B" w:rsidRPr="007E4E52" w:rsidRDefault="002D28E8" w:rsidP="003378C0">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...3 lines deleted...]
-            <w:r>
+            </w:pPr>
+            <w:r w:rsidRPr="007E4E52">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="739D4357" wp14:editId="57BFC076">
                   <wp:extent cx="1496251" cy="485775"/>
                   <wp:effectExtent l="0" t="0" r="8890" b="0"/>
                   <wp:docPr id="1" name="Afbeelding 1" descr="naktuinbouw_logo"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Afbeelding 1"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId10">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1496251" cy="485775"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E8741B" w:rsidRPr="00F856D3" w14:paraId="32D78D2D" w14:textId="77777777" w:rsidTr="5EDCDE65">
+      <w:tr w:rsidR="00E8741B" w:rsidRPr="007E4E52" w14:paraId="32D78D2D" w14:textId="77777777" w:rsidTr="5EDCDE65">
         <w:trPr>
           <w:trHeight w:val="375"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7380" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="01446F18" w14:textId="1AB7A260" w:rsidR="00E8741B" w:rsidRPr="00F856D3" w:rsidRDefault="007573AC" w:rsidP="05AD132F">
+          <w:p w14:paraId="01446F18" w14:textId="1AB7A260" w:rsidR="00E8741B" w:rsidRPr="007E4E52" w:rsidRDefault="007573AC" w:rsidP="05AD132F">
             <w:pPr>
               <w:pStyle w:val="Kop1"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="en-US"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="05AD132F">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E4E52">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Client </w:t>
             </w:r>
-            <w:r w:rsidR="2F5E70F5" w:rsidRPr="05AD132F">
+            <w:r w:rsidR="2F5E70F5" w:rsidRPr="007E4E52">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>n</w:t>
             </w:r>
-            <w:r w:rsidRPr="05AD132F">
+            <w:r w:rsidRPr="007E4E52">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ame</w:t>
             </w:r>
-            <w:r w:rsidR="00E8741B" w:rsidRPr="05AD132F">
+            <w:r w:rsidR="00E8741B" w:rsidRPr="007E4E52">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2638" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="3966ABBF" w14:textId="77777777" w:rsidR="00E8741B" w:rsidRPr="00F856D3" w:rsidRDefault="00E8741B" w:rsidP="00991D92">
+          <w:p w14:paraId="3966ABBF" w14:textId="77777777" w:rsidR="00E8741B" w:rsidRPr="007E4E52" w:rsidRDefault="00E8741B" w:rsidP="00991D92">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007573AC" w:rsidRPr="00F856D3" w14:paraId="6BDECD0A" w14:textId="77777777" w:rsidTr="5EDCDE65">
+      <w:tr w:rsidR="007573AC" w:rsidRPr="007E4E52" w14:paraId="6BDECD0A" w14:textId="77777777" w:rsidTr="5EDCDE65">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="369"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2153" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="124FC953" w14:textId="116BBDED" w:rsidR="007573AC" w:rsidRPr="00F856D3" w:rsidRDefault="007573AC" w:rsidP="05AD132F">
+          <w:p w14:paraId="124FC953" w14:textId="116BBDED" w:rsidR="007573AC" w:rsidRPr="007E4E52" w:rsidRDefault="007573AC" w:rsidP="05AD132F">
             <w:pPr>
               <w:pStyle w:val="Kop3"/>
-              <w:rPr>
-[...3 lines deleted...]
-            <w:r>
+            </w:pPr>
+            <w:r w:rsidRPr="007E4E52">
               <w:t>Business name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7865" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="19EB1DB1" w14:textId="5EE2D9B8" w:rsidR="007573AC" w:rsidRPr="00F856D3" w:rsidRDefault="007573AC" w:rsidP="007573AC">
+          <w:p w14:paraId="19EB1DB1" w14:textId="5EE2D9B8" w:rsidR="007573AC" w:rsidRPr="007E4E52" w:rsidRDefault="007573AC" w:rsidP="007573AC">
             <w:pPr>
               <w:pStyle w:val="Kop1"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:lang w:val="en-US"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="05AD132F">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E4E52">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00133240" w:rsidRPr="00F856D3" w14:paraId="7DE8899E" w14:textId="77777777" w:rsidTr="5EDCDE65">
+      <w:tr w:rsidR="00133240" w:rsidRPr="007E4E52" w14:paraId="7DE8899E" w14:textId="77777777" w:rsidTr="5EDCDE65">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="369"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2153" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5D6CEC3F" w14:textId="5D37C554" w:rsidR="00133240" w:rsidRPr="00F856D3" w:rsidRDefault="00133240" w:rsidP="05AD132F">
+          <w:p w14:paraId="5D6CEC3F" w14:textId="5D37C554" w:rsidR="00133240" w:rsidRPr="007E4E52" w:rsidRDefault="00133240" w:rsidP="05AD132F">
             <w:pPr>
               <w:pStyle w:val="Kop3"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
-                <w:lang w:val="en-US"/>
-[...2 lines deleted...]
-            <w:r>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E4E52">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>Street</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2828" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="36B01137" w14:textId="77777777" w:rsidR="00133240" w:rsidRPr="00F856D3" w:rsidRDefault="00133240" w:rsidP="05AD132F">
+          <w:p w14:paraId="36B01137" w14:textId="77777777" w:rsidR="00133240" w:rsidRPr="007E4E52" w:rsidRDefault="00133240" w:rsidP="05AD132F">
             <w:pPr>
               <w:pStyle w:val="Kop3"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
-                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1431" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1B914D24" w14:textId="12F9FD9B" w:rsidR="00133240" w:rsidRPr="00F856D3" w:rsidRDefault="00133240" w:rsidP="00133240">
+          <w:p w14:paraId="1B914D24" w14:textId="12F9FD9B" w:rsidR="00133240" w:rsidRPr="007E4E52" w:rsidRDefault="00133240" w:rsidP="00133240">
             <w:pPr>
               <w:pStyle w:val="Kop1"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:lang w:val="en-US"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="05AD132F">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E4E52">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>P.O. Box</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3606" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="30490F9B" w14:textId="77777777" w:rsidR="00133240" w:rsidRPr="00F856D3" w:rsidRDefault="00133240" w:rsidP="00133240">
+          <w:p w14:paraId="30490F9B" w14:textId="77777777" w:rsidR="00133240" w:rsidRPr="007E4E52" w:rsidRDefault="00133240" w:rsidP="00133240">
             <w:pPr>
               <w:pStyle w:val="Kop1"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00133240" w:rsidRPr="00F856D3" w14:paraId="0B2FEB4E" w14:textId="77777777" w:rsidTr="5EDCDE65">
+      <w:tr w:rsidR="00133240" w:rsidRPr="007E4E52" w14:paraId="0B2FEB4E" w14:textId="77777777" w:rsidTr="5EDCDE65">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="369"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2153" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5CF46A35" w14:textId="121BD2C5" w:rsidR="00133240" w:rsidRPr="00F856D3" w:rsidRDefault="00133240" w:rsidP="05AD132F">
+          <w:p w14:paraId="5CF46A35" w14:textId="121BD2C5" w:rsidR="00133240" w:rsidRPr="007E4E52" w:rsidRDefault="00133240" w:rsidP="05AD132F">
             <w:pPr>
               <w:pStyle w:val="Kop3"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
-                <w:lang w:val="en-US"/>
-[...2 lines deleted...]
-            <w:r>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E4E52">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>Zip-code</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2828" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="279B5E2E" w14:textId="77777777" w:rsidR="00133240" w:rsidRPr="00F856D3" w:rsidRDefault="00133240" w:rsidP="05AD132F">
+          <w:p w14:paraId="279B5E2E" w14:textId="77777777" w:rsidR="00133240" w:rsidRPr="007E4E52" w:rsidRDefault="00133240" w:rsidP="05AD132F">
             <w:pPr>
               <w:pStyle w:val="Kop3"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
-                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1431" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0E78C5E8" w14:textId="08482E3C" w:rsidR="00133240" w:rsidRPr="00F856D3" w:rsidRDefault="00133240" w:rsidP="00133240">
+          <w:p w14:paraId="0E78C5E8" w14:textId="08482E3C" w:rsidR="00133240" w:rsidRPr="007E4E52" w:rsidRDefault="00133240" w:rsidP="00133240">
             <w:pPr>
               <w:pStyle w:val="Kop1"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:lang w:val="en-US"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="05AD132F">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E4E52">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Zip-code</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3606" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4A4D1BCA" w14:textId="77777777" w:rsidR="00133240" w:rsidRPr="00F856D3" w:rsidRDefault="00133240" w:rsidP="00133240">
+          <w:p w14:paraId="4A4D1BCA" w14:textId="77777777" w:rsidR="00133240" w:rsidRPr="007E4E52" w:rsidRDefault="00133240" w:rsidP="00133240">
             <w:pPr>
               <w:pStyle w:val="Kop1"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00133240" w:rsidRPr="00F856D3" w14:paraId="47D72A6C" w14:textId="77777777" w:rsidTr="5EDCDE65">
+      <w:tr w:rsidR="00133240" w:rsidRPr="007E4E52" w14:paraId="47D72A6C" w14:textId="77777777" w:rsidTr="5EDCDE65">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="369"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2153" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4862B76C" w14:textId="2CDCD8C2" w:rsidR="00133240" w:rsidRPr="00F856D3" w:rsidRDefault="00133240" w:rsidP="05AD132F">
+          <w:p w14:paraId="4862B76C" w14:textId="2CDCD8C2" w:rsidR="00133240" w:rsidRPr="007E4E52" w:rsidRDefault="00133240" w:rsidP="05AD132F">
             <w:pPr>
               <w:pStyle w:val="Kop3"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
-                <w:lang w:val="en-US"/>
-[...2 lines deleted...]
-            <w:r>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E4E52">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>City</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2828" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0E238AE5" w14:textId="77777777" w:rsidR="00133240" w:rsidRPr="00F856D3" w:rsidRDefault="00133240" w:rsidP="05AD132F">
+          <w:p w14:paraId="0E238AE5" w14:textId="77777777" w:rsidR="00133240" w:rsidRPr="007E4E52" w:rsidRDefault="00133240" w:rsidP="05AD132F">
             <w:pPr>
               <w:pStyle w:val="Kop3"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
-                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1431" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="049432CF" w14:textId="4706186C" w:rsidR="00133240" w:rsidRPr="00F856D3" w:rsidRDefault="00133240" w:rsidP="00133240">
+          <w:p w14:paraId="049432CF" w14:textId="4706186C" w:rsidR="00133240" w:rsidRPr="007E4E52" w:rsidRDefault="00133240" w:rsidP="00133240">
             <w:pPr>
               <w:pStyle w:val="Kop1"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:lang w:val="en-US"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="05AD132F">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E4E52">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>City</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3606" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="446DEAD8" w14:textId="77777777" w:rsidR="00133240" w:rsidRPr="00F856D3" w:rsidRDefault="00133240" w:rsidP="00133240">
+          <w:p w14:paraId="446DEAD8" w14:textId="77777777" w:rsidR="00133240" w:rsidRPr="007E4E52" w:rsidRDefault="00133240" w:rsidP="00133240">
             <w:pPr>
               <w:pStyle w:val="Kop1"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00133240" w:rsidRPr="00F856D3" w14:paraId="2A718C0D" w14:textId="77777777" w:rsidTr="5EDCDE65">
+      <w:tr w:rsidR="00133240" w:rsidRPr="007E4E52" w14:paraId="2A718C0D" w14:textId="77777777" w:rsidTr="5EDCDE65">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="369"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2153" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="248355CA" w14:textId="1B95F300" w:rsidR="00133240" w:rsidRPr="00F856D3" w:rsidRDefault="00133240" w:rsidP="05AD132F">
+          <w:p w14:paraId="248355CA" w14:textId="1B95F300" w:rsidR="00133240" w:rsidRPr="007E4E52" w:rsidRDefault="00133240" w:rsidP="05AD132F">
             <w:pPr>
               <w:pStyle w:val="Kop3"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
-                <w:lang w:val="en-US"/>
-[...2 lines deleted...]
-            <w:r>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E4E52">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>Phone</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2828" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5D7EF714" w14:textId="77777777" w:rsidR="00133240" w:rsidRPr="00F856D3" w:rsidRDefault="00133240" w:rsidP="05AD132F">
+          <w:p w14:paraId="5D7EF714" w14:textId="77777777" w:rsidR="00133240" w:rsidRPr="007E4E52" w:rsidRDefault="00133240" w:rsidP="05AD132F">
             <w:pPr>
               <w:pStyle w:val="Kop3"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
-                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1431" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6AD9AC28" w14:textId="4FE3B16A" w:rsidR="00133240" w:rsidRPr="00F856D3" w:rsidRDefault="00133240" w:rsidP="00133240">
+          <w:p w14:paraId="6AD9AC28" w14:textId="4FE3B16A" w:rsidR="00133240" w:rsidRPr="007E4E52" w:rsidRDefault="00133240" w:rsidP="00133240">
             <w:pPr>
               <w:pStyle w:val="Kop1"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3606" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3BAE57F8" w14:textId="77777777" w:rsidR="00133240" w:rsidRPr="00F856D3" w:rsidRDefault="00133240" w:rsidP="00133240">
+          <w:p w14:paraId="3BAE57F8" w14:textId="77777777" w:rsidR="00133240" w:rsidRPr="007E4E52" w:rsidRDefault="00133240" w:rsidP="00133240">
             <w:pPr>
               <w:pStyle w:val="Kop1"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00133240" w:rsidRPr="00F856D3" w14:paraId="0A0BBFD9" w14:textId="77777777" w:rsidTr="5EDCDE65">
+      <w:tr w:rsidR="00133240" w:rsidRPr="007E4E52" w14:paraId="0A0BBFD9" w14:textId="77777777" w:rsidTr="5EDCDE65">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="369"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2153" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6116A916" w14:textId="48C8EEF7" w:rsidR="00133240" w:rsidRPr="00F856D3" w:rsidRDefault="00133240" w:rsidP="05AD132F">
+          <w:p w14:paraId="6116A916" w14:textId="48C8EEF7" w:rsidR="00133240" w:rsidRPr="007E4E52" w:rsidRDefault="00133240" w:rsidP="05AD132F">
             <w:pPr>
               <w:pStyle w:val="Kop3"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
-                <w:lang w:val="en-US"/>
-[...2 lines deleted...]
-            <w:r>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E4E52">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>Email</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2828" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3D618D14" w14:textId="77777777" w:rsidR="00133240" w:rsidRPr="00F856D3" w:rsidRDefault="00133240" w:rsidP="05AD132F">
+          <w:p w14:paraId="3D618D14" w14:textId="77777777" w:rsidR="00133240" w:rsidRPr="007E4E52" w:rsidRDefault="00133240" w:rsidP="05AD132F">
             <w:pPr>
               <w:pStyle w:val="Kop3"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
-                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1431" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="626E1B2B" w14:textId="19E2B8A5" w:rsidR="00133240" w:rsidRPr="00F856D3" w:rsidRDefault="00133240" w:rsidP="00133240">
+          <w:p w14:paraId="626E1B2B" w14:textId="19E2B8A5" w:rsidR="00133240" w:rsidRPr="007E4E52" w:rsidRDefault="00133240" w:rsidP="00133240">
             <w:pPr>
               <w:pStyle w:val="Kop1"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:lang w:val="en-US"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="05AD132F">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E4E52">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Website</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3606" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="351537D5" w14:textId="77777777" w:rsidR="00133240" w:rsidRPr="00F856D3" w:rsidRDefault="00133240" w:rsidP="00133240">
+          <w:p w14:paraId="351537D5" w14:textId="77777777" w:rsidR="00133240" w:rsidRPr="007E4E52" w:rsidRDefault="00133240" w:rsidP="00133240">
             <w:pPr>
               <w:pStyle w:val="Kop1"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00133240" w:rsidRPr="00F856D3" w14:paraId="48D68CF1" w14:textId="77777777" w:rsidTr="5EDCDE65">
+      <w:tr w:rsidR="00133240" w:rsidRPr="007E4E52" w14:paraId="48D68CF1" w14:textId="77777777" w:rsidTr="5EDCDE65">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="369"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2153" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6469A261" w14:textId="77777777" w:rsidR="00133240" w:rsidRPr="00F856D3" w:rsidRDefault="00133240" w:rsidP="00133240">
+          <w:p w14:paraId="6469A261" w14:textId="77777777" w:rsidR="00133240" w:rsidRPr="007E4E52" w:rsidRDefault="00133240" w:rsidP="00133240">
             <w:pPr>
               <w:pStyle w:val="Kop3"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-                <w:lang w:val="en-US"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="05AD132F">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E4E52">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Client Number</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="405FBF64" w14:textId="438751FB" w:rsidR="00133240" w:rsidRPr="00F856D3" w:rsidRDefault="00133240" w:rsidP="00133240">
+          <w:p w14:paraId="405FBF64" w14:textId="438751FB" w:rsidR="00133240" w:rsidRPr="007E4E52" w:rsidRDefault="00133240" w:rsidP="00133240">
             <w:pPr>
               <w:pStyle w:val="Kop3"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-                <w:lang w:val="en-US"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="05AD132F">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E4E52">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Naktuinbouw</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2828" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="343E2BAE" w14:textId="77777777" w:rsidR="00133240" w:rsidRPr="00F856D3" w:rsidRDefault="00133240" w:rsidP="05AD132F">
+          <w:p w14:paraId="343E2BAE" w14:textId="77777777" w:rsidR="00133240" w:rsidRPr="007E4E52" w:rsidRDefault="00133240" w:rsidP="05AD132F">
             <w:pPr>
               <w:pStyle w:val="Kop3"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
-                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1431" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0683C018" w14:textId="77777777" w:rsidR="00133240" w:rsidRDefault="00133240" w:rsidP="00133240">
+          <w:p w14:paraId="0683C018" w14:textId="77777777" w:rsidR="00133240" w:rsidRPr="007E4E52" w:rsidRDefault="00133240" w:rsidP="00133240">
             <w:pPr>
               <w:pStyle w:val="Kop1"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="05AD132F">
+            <w:r w:rsidRPr="007E4E52">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>VAT number</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="501E8F92" w14:textId="076D0827" w:rsidR="00133240" w:rsidRPr="00F856D3" w:rsidRDefault="00133240" w:rsidP="00133240">
+          <w:p w14:paraId="501E8F92" w14:textId="076D0827" w:rsidR="00133240" w:rsidRPr="007E4E52" w:rsidRDefault="00133240" w:rsidP="00133240">
             <w:pPr>
               <w:pStyle w:val="Kop1"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:lang w:val="en-US"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="05AD132F">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E4E52">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t xml:space="preserve">(European countries) </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3606" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3F76BA51" w14:textId="77777777" w:rsidR="00133240" w:rsidRPr="00F856D3" w:rsidRDefault="00133240" w:rsidP="00133240">
+          <w:p w14:paraId="3F76BA51" w14:textId="77777777" w:rsidR="00133240" w:rsidRPr="007E4E52" w:rsidRDefault="00133240" w:rsidP="00133240">
             <w:pPr>
               <w:pStyle w:val="Kop1"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007573AC" w:rsidRPr="00F856D3" w14:paraId="411971A5" w14:textId="77777777" w:rsidTr="5EDCDE65">
+      <w:tr w:rsidR="007573AC" w:rsidRPr="007E4E52" w14:paraId="411971A5" w14:textId="77777777" w:rsidTr="5EDCDE65">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="369"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2153" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="69E9D962" w14:textId="57C4AD12" w:rsidR="007573AC" w:rsidRPr="00F856D3" w:rsidRDefault="007573AC" w:rsidP="05AD132F">
+          <w:p w14:paraId="69E9D962" w14:textId="57C4AD12" w:rsidR="007573AC" w:rsidRPr="007E4E52" w:rsidRDefault="007573AC" w:rsidP="05AD132F">
             <w:pPr>
               <w:pStyle w:val="Kop3"/>
-              <w:rPr>
-[...3 lines deleted...]
-            <w:r>
+            </w:pPr>
+            <w:r w:rsidRPr="007E4E52">
               <w:t>Person to be contacted</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7865" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4B456AA7" w14:textId="198AADCC" w:rsidR="007573AC" w:rsidRPr="00F856D3" w:rsidRDefault="007573AC" w:rsidP="007573AC">
+          <w:p w14:paraId="4B456AA7" w14:textId="198AADCC" w:rsidR="007573AC" w:rsidRPr="007E4E52" w:rsidRDefault="007573AC" w:rsidP="007573AC">
             <w:pPr>
               <w:pStyle w:val="Kop1"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:lang w:val="en-US"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="05AD132F">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E4E52">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Mr* / Mrs*</w:t>
             </w:r>
-            <w:r w:rsidR="0DEA1F87" w:rsidRPr="05AD132F">
+            <w:r w:rsidR="0DEA1F87" w:rsidRPr="007E4E52">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> / X*</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00133240" w:rsidRPr="00F856D3" w14:paraId="5D406A75" w14:textId="77777777" w:rsidTr="5EDCDE65">
+      <w:tr w:rsidR="00133240" w:rsidRPr="007E4E52" w14:paraId="5D406A75" w14:textId="77777777" w:rsidTr="5EDCDE65">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="369"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2153" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="08298CC7" w14:textId="74A9AA5D" w:rsidR="00133240" w:rsidRPr="00F856D3" w:rsidRDefault="00133240" w:rsidP="05AD132F">
+          <w:p w14:paraId="08298CC7" w14:textId="74A9AA5D" w:rsidR="00133240" w:rsidRPr="007E4E52" w:rsidRDefault="00133240" w:rsidP="05AD132F">
             <w:pPr>
               <w:pStyle w:val="Kop3"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
-                <w:lang w:val="en-US"/>
-[...2 lines deleted...]
-            <w:r>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E4E52">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>Phone</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2828" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3D0A6CDC" w14:textId="77777777" w:rsidR="00133240" w:rsidRPr="00F856D3" w:rsidRDefault="00133240" w:rsidP="05AD132F">
+          <w:p w14:paraId="3D0A6CDC" w14:textId="77777777" w:rsidR="00133240" w:rsidRPr="007E4E52" w:rsidRDefault="00133240" w:rsidP="05AD132F">
             <w:pPr>
               <w:pStyle w:val="Kop3"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
-                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1431" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="53FF0119" w14:textId="32D8E5B1" w:rsidR="00133240" w:rsidRPr="00F856D3" w:rsidRDefault="00133240" w:rsidP="00133240">
+          <w:p w14:paraId="53FF0119" w14:textId="32D8E5B1" w:rsidR="00133240" w:rsidRPr="007E4E52" w:rsidRDefault="00133240" w:rsidP="00133240">
             <w:pPr>
               <w:pStyle w:val="Kop1"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:lang w:val="en-US"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="05AD132F">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E4E52">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Email</w:t>
             </w:r>
-            <w:r w:rsidR="55EE629E" w:rsidRPr="05AD132F">
+            <w:r w:rsidR="55EE629E" w:rsidRPr="007E4E52">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="05AD132F">
+            <w:r w:rsidRPr="007E4E52">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>ad</w:t>
             </w:r>
-            <w:r w:rsidR="7600F949" w:rsidRPr="05AD132F">
+            <w:r w:rsidR="7600F949" w:rsidRPr="007E4E52">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>d</w:t>
             </w:r>
-            <w:r w:rsidRPr="05AD132F">
+            <w:r w:rsidRPr="007E4E52">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>ress</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3606" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="78D9F95D" w14:textId="77777777" w:rsidR="00133240" w:rsidRPr="00F856D3" w:rsidRDefault="00133240" w:rsidP="00133240">
+          <w:p w14:paraId="78D9F95D" w14:textId="77777777" w:rsidR="00133240" w:rsidRPr="007E4E52" w:rsidRDefault="00133240" w:rsidP="00133240">
             <w:pPr>
               <w:pStyle w:val="Kop1"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00133240" w:rsidRPr="00F856D3" w14:paraId="02425367" w14:textId="77777777" w:rsidTr="5EDCDE65">
+      <w:tr w:rsidR="00133240" w:rsidRPr="007E4E52" w14:paraId="02425367" w14:textId="77777777" w:rsidTr="5EDCDE65">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="369"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2153" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0B40E625" w14:textId="0F9149A3" w:rsidR="00133240" w:rsidRPr="00F856D3" w:rsidRDefault="00133240" w:rsidP="05AD132F">
+          <w:p w14:paraId="0B40E625" w14:textId="0F9149A3" w:rsidR="00133240" w:rsidRPr="007E4E52" w:rsidRDefault="00133240" w:rsidP="05AD132F">
             <w:pPr>
               <w:pStyle w:val="Kop3"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
-                <w:lang w:val="en-US"/>
-[...2 lines deleted...]
-            <w:r>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E4E52">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Mobile </w:t>
             </w:r>
-            <w:r w:rsidR="0267E8E8">
+            <w:r w:rsidR="0267E8E8" w:rsidRPr="007E4E52">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>p</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E4E52">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>hone</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2828" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="53C9D289" w14:textId="77777777" w:rsidR="00133240" w:rsidRPr="00F856D3" w:rsidRDefault="00133240" w:rsidP="05AD132F">
+          <w:p w14:paraId="53C9D289" w14:textId="77777777" w:rsidR="00133240" w:rsidRPr="007E4E52" w:rsidRDefault="00133240" w:rsidP="05AD132F">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1431" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="009EBB59" w14:textId="73F75842" w:rsidR="00133240" w:rsidRPr="00F856D3" w:rsidRDefault="00133240" w:rsidP="00133240">
+          <w:p w14:paraId="009EBB59" w14:textId="73F75842" w:rsidR="00133240" w:rsidRPr="007E4E52" w:rsidRDefault="00133240" w:rsidP="00133240">
             <w:pPr>
               <w:pStyle w:val="Kop1"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-                <w:lang w:val="en-US"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="05AD132F">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E4E52">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Send results C.C. to Email</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3606" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6485F62F" w14:textId="77777777" w:rsidR="00133240" w:rsidRPr="00F856D3" w:rsidRDefault="00133240" w:rsidP="00133240">
+          <w:p w14:paraId="6485F62F" w14:textId="77777777" w:rsidR="00133240" w:rsidRPr="007E4E52" w:rsidRDefault="00133240" w:rsidP="00133240">
             <w:pPr>
               <w:pStyle w:val="Kop1"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="45864BB1" w14:textId="77777777" w:rsidR="00E44DC2" w:rsidRPr="00F856D3" w:rsidRDefault="00E44DC2">
+    <w:p w14:paraId="45864BB1" w14:textId="77777777" w:rsidR="00E44DC2" w:rsidRPr="007E4E52" w:rsidRDefault="00E44DC2">
       <w:pPr>
         <w:spacing w:line="120" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10058" w:type="dxa"/>
         <w:tblInd w:w="-110" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="6" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6664"/>
         <w:gridCol w:w="3394"/>
       </w:tblGrid>
-      <w:tr w:rsidR="007573AC" w:rsidRPr="00F856D3" w14:paraId="0247A70F" w14:textId="77777777" w:rsidTr="05AD132F">
+      <w:tr w:rsidR="007573AC" w:rsidRPr="007E4E52" w14:paraId="0247A70F" w14:textId="77777777" w:rsidTr="05AD132F">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="410"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10058" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4C12A4C3" w14:textId="3C9BA15F" w:rsidR="007573AC" w:rsidRPr="00F856D3" w:rsidRDefault="007573AC" w:rsidP="05AD132F">
+          <w:p w14:paraId="4C12A4C3" w14:textId="3C9BA15F" w:rsidR="007573AC" w:rsidRPr="007E4E52" w:rsidRDefault="007573AC" w:rsidP="05AD132F">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:lang w:val="en-US"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="05AD132F">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E4E52">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Number of samples:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007573AC" w:rsidRPr="00F856D3" w14:paraId="6F56F2F2" w14:textId="77777777" w:rsidTr="05AD132F">
+      <w:tr w:rsidR="007573AC" w:rsidRPr="007E4E52" w14:paraId="6F56F2F2" w14:textId="77777777" w:rsidTr="05AD132F">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="410"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10058" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="11E0923D" w14:textId="051BD8AA" w:rsidR="007573AC" w:rsidRPr="00965516" w:rsidRDefault="00965516" w:rsidP="05AD132F">
+          <w:p w14:paraId="11E0923D" w14:textId="051BD8AA" w:rsidR="007573AC" w:rsidRPr="007E4E52" w:rsidRDefault="00965516" w:rsidP="05AD132F">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:lang w:val="en-US"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="05AD132F">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E4E52">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Country of origin / propagation:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00965516" w:rsidRPr="00F856D3" w14:paraId="723A11E4" w14:textId="77777777" w:rsidTr="05AD132F">
+      <w:tr w:rsidR="00965516" w:rsidRPr="007E4E52" w14:paraId="723A11E4" w14:textId="77777777" w:rsidTr="05AD132F">
         <w:trPr>
           <w:trHeight w:val="245"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10058" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="75B31503" w14:textId="45939D2E" w:rsidR="00965516" w:rsidRPr="000E211F" w:rsidRDefault="000E211F" w:rsidP="05AD132F">
+          <w:p w14:paraId="75B31503" w14:textId="45939D2E" w:rsidR="00965516" w:rsidRPr="007E4E52" w:rsidRDefault="000E211F" w:rsidP="05AD132F">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:lang w:val="en-US"/>
-[...2 lines deleted...]
-            <w:r>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E4E52">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Crop:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00965516" w:rsidRPr="00F856D3" w14:paraId="570E60AD" w14:textId="77777777" w:rsidTr="05AD132F">
+      <w:tr w:rsidR="00965516" w:rsidRPr="007E4E52" w14:paraId="570E60AD" w14:textId="77777777" w:rsidTr="05AD132F">
         <w:trPr>
           <w:trHeight w:val="245"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10058" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="22F2C8CF" w14:textId="008F0867" w:rsidR="00965516" w:rsidRPr="00F856D3" w:rsidRDefault="000E211F" w:rsidP="05AD132F">
+          <w:p w14:paraId="22F2C8CF" w14:textId="008F0867" w:rsidR="00965516" w:rsidRPr="007E4E52" w:rsidRDefault="000E211F" w:rsidP="05AD132F">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:lang w:val="en-US"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="05AD132F">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E4E52">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Sample code / description of identification question (use annex when needed)</w:t>
             </w:r>
-            <w:r w:rsidRPr="05AD132F">
+            <w:r w:rsidRPr="007E4E52">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00965516" w:rsidRPr="00F856D3" w14:paraId="4F912DB5" w14:textId="77777777" w:rsidTr="05AD132F">
+      <w:tr w:rsidR="00965516" w:rsidRPr="007E4E52" w14:paraId="4F912DB5" w14:textId="77777777" w:rsidTr="05AD132F">
         <w:trPr>
           <w:trHeight w:val="245"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10058" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5D9F9E85" w14:textId="77777777" w:rsidR="00965516" w:rsidRPr="00F856D3" w:rsidRDefault="00965516" w:rsidP="05AD132F">
+          <w:p w14:paraId="5D9F9E85" w14:textId="77777777" w:rsidR="00965516" w:rsidRPr="007E4E52" w:rsidRDefault="00965516" w:rsidP="05AD132F">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00965516" w:rsidRPr="00F856D3" w14:paraId="2016D6F0" w14:textId="77777777" w:rsidTr="05AD132F">
+      <w:tr w:rsidR="00965516" w:rsidRPr="007E4E52" w14:paraId="2016D6F0" w14:textId="77777777" w:rsidTr="05AD132F">
         <w:trPr>
           <w:trHeight w:val="245"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10058" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0F9346FB" w14:textId="77777777" w:rsidR="00965516" w:rsidRPr="00F856D3" w:rsidRDefault="00965516" w:rsidP="05AD132F">
+          <w:p w14:paraId="0F9346FB" w14:textId="77777777" w:rsidR="00965516" w:rsidRPr="007E4E52" w:rsidRDefault="00965516" w:rsidP="05AD132F">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00965516" w:rsidRPr="00F856D3" w14:paraId="70A80923" w14:textId="77777777" w:rsidTr="05AD132F">
+      <w:tr w:rsidR="00965516" w:rsidRPr="007E4E52" w14:paraId="70A80923" w14:textId="77777777" w:rsidTr="05AD132F">
         <w:trPr>
           <w:trHeight w:val="245"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10058" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2740812B" w14:textId="77777777" w:rsidR="00965516" w:rsidRPr="00F856D3" w:rsidRDefault="00965516" w:rsidP="05AD132F">
+          <w:p w14:paraId="2740812B" w14:textId="77777777" w:rsidR="00965516" w:rsidRPr="007E4E52" w:rsidRDefault="00965516" w:rsidP="05AD132F">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00965516" w:rsidRPr="00F856D3" w14:paraId="5ECC8939" w14:textId="77777777" w:rsidTr="05AD132F">
+      <w:tr w:rsidR="00965516" w:rsidRPr="007E4E52" w14:paraId="5ECC8939" w14:textId="77777777" w:rsidTr="05AD132F">
         <w:trPr>
           <w:trHeight w:val="245"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10058" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="79737E98" w14:textId="77777777" w:rsidR="00965516" w:rsidRPr="00F856D3" w:rsidRDefault="00965516" w:rsidP="05AD132F">
+          <w:p w14:paraId="79737E98" w14:textId="77777777" w:rsidR="00965516" w:rsidRPr="007E4E52" w:rsidRDefault="00965516" w:rsidP="05AD132F">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00965516" w:rsidRPr="00F856D3" w14:paraId="490808AA" w14:textId="77777777" w:rsidTr="05AD132F">
+      <w:tr w:rsidR="00965516" w:rsidRPr="007E4E52" w14:paraId="490808AA" w14:textId="77777777" w:rsidTr="05AD132F">
         <w:trPr>
           <w:trHeight w:val="245"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10058" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="67B94139" w14:textId="77777777" w:rsidR="00965516" w:rsidRPr="00F856D3" w:rsidRDefault="00965516" w:rsidP="05AD132F">
+          <w:p w14:paraId="67B94139" w14:textId="77777777" w:rsidR="00965516" w:rsidRPr="007E4E52" w:rsidRDefault="00965516" w:rsidP="05AD132F">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00965516" w:rsidRPr="00F856D3" w14:paraId="65D76B68" w14:textId="77777777" w:rsidTr="05AD132F">
+      <w:tr w:rsidR="00965516" w:rsidRPr="007E4E52" w14:paraId="65D76B68" w14:textId="77777777" w:rsidTr="05AD132F">
         <w:trPr>
           <w:trHeight w:val="245"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10058" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="54413D3F" w14:textId="77777777" w:rsidR="00965516" w:rsidRPr="00F856D3" w:rsidRDefault="00965516" w:rsidP="05AD132F">
+          <w:p w14:paraId="54413D3F" w14:textId="77777777" w:rsidR="00965516" w:rsidRPr="007E4E52" w:rsidRDefault="00965516" w:rsidP="05AD132F">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00965516" w:rsidRPr="00F856D3" w14:paraId="05ACD20E" w14:textId="77777777" w:rsidTr="05AD132F">
+      <w:tr w:rsidR="00965516" w:rsidRPr="007E4E52" w14:paraId="05ACD20E" w14:textId="77777777" w:rsidTr="05AD132F">
         <w:trPr>
           <w:trHeight w:val="245"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10058" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1440669A" w14:textId="77777777" w:rsidR="00965516" w:rsidRPr="00F856D3" w:rsidRDefault="00965516" w:rsidP="05AD132F">
+          <w:p w14:paraId="1440669A" w14:textId="77777777" w:rsidR="00965516" w:rsidRPr="007E4E52" w:rsidRDefault="00965516" w:rsidP="05AD132F">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00965516" w:rsidRPr="00F856D3" w14:paraId="594C3D97" w14:textId="77777777" w:rsidTr="05AD132F">
+      <w:tr w:rsidR="00965516" w:rsidRPr="007E4E52" w14:paraId="594C3D97" w14:textId="77777777" w:rsidTr="05AD132F">
         <w:trPr>
           <w:trHeight w:val="245"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10058" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="520307BA" w14:textId="77777777" w:rsidR="00965516" w:rsidRPr="00F856D3" w:rsidRDefault="00965516" w:rsidP="05AD132F">
+          <w:p w14:paraId="520307BA" w14:textId="77777777" w:rsidR="00965516" w:rsidRPr="007E4E52" w:rsidRDefault="00965516" w:rsidP="05AD132F">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00965516" w:rsidRPr="00F856D3" w14:paraId="25872444" w14:textId="77777777" w:rsidTr="05AD132F">
+      <w:tr w:rsidR="00965516" w:rsidRPr="007E4E52" w14:paraId="25872444" w14:textId="77777777" w:rsidTr="05AD132F">
         <w:trPr>
           <w:trHeight w:val="245"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10058" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5CE3AD95" w14:textId="77777777" w:rsidR="00965516" w:rsidRPr="00F856D3" w:rsidRDefault="00965516" w:rsidP="05AD132F">
+          <w:p w14:paraId="5CE3AD95" w14:textId="77777777" w:rsidR="00965516" w:rsidRPr="007E4E52" w:rsidRDefault="00965516" w:rsidP="05AD132F">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00965516" w:rsidRPr="00F856D3" w14:paraId="7591D8D7" w14:textId="77777777" w:rsidTr="05AD132F">
+      <w:tr w:rsidR="00965516" w:rsidRPr="007E4E52" w14:paraId="7591D8D7" w14:textId="77777777" w:rsidTr="05AD132F">
         <w:trPr>
           <w:trHeight w:val="245"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10058" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4C871733" w14:textId="77777777" w:rsidR="00965516" w:rsidRPr="00F856D3" w:rsidRDefault="00965516" w:rsidP="05AD132F">
+          <w:p w14:paraId="4C871733" w14:textId="77777777" w:rsidR="00965516" w:rsidRPr="007E4E52" w:rsidRDefault="00965516" w:rsidP="05AD132F">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00965516" w:rsidRPr="00F856D3" w14:paraId="5207B885" w14:textId="77777777" w:rsidTr="05AD132F">
+      <w:tr w:rsidR="00965516" w:rsidRPr="007E4E52" w14:paraId="5207B885" w14:textId="77777777" w:rsidTr="05AD132F">
         <w:trPr>
           <w:trHeight w:val="245"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10058" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="77389DB9" w14:textId="77777777" w:rsidR="00965516" w:rsidRPr="00F856D3" w:rsidRDefault="00965516" w:rsidP="05AD132F">
+          <w:p w14:paraId="77389DB9" w14:textId="77777777" w:rsidR="00965516" w:rsidRPr="007E4E52" w:rsidRDefault="00965516" w:rsidP="05AD132F">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00965516" w:rsidRPr="00F856D3" w14:paraId="357EFC9F" w14:textId="77777777" w:rsidTr="05AD132F">
+      <w:tr w:rsidR="00965516" w:rsidRPr="007E4E52" w14:paraId="357EFC9F" w14:textId="77777777" w:rsidTr="05AD132F">
         <w:trPr>
           <w:trHeight w:val="245"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10058" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0D3E98F7" w14:textId="77777777" w:rsidR="00965516" w:rsidRPr="00F856D3" w:rsidRDefault="00965516" w:rsidP="05AD132F">
+          <w:p w14:paraId="0D3E98F7" w14:textId="77777777" w:rsidR="00965516" w:rsidRPr="007E4E52" w:rsidRDefault="00965516" w:rsidP="05AD132F">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00965516" w:rsidRPr="00F856D3" w14:paraId="29DF88EB" w14:textId="77777777" w:rsidTr="05AD132F">
+      <w:tr w:rsidR="00965516" w:rsidRPr="007E4E52" w14:paraId="29DF88EB" w14:textId="77777777" w:rsidTr="05AD132F">
         <w:trPr>
           <w:trHeight w:val="329"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10058" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="63AE1EC6" w14:textId="77777777" w:rsidR="00965516" w:rsidRPr="00F856D3" w:rsidRDefault="00965516" w:rsidP="05AD132F">
+          <w:p w14:paraId="63AE1EC6" w14:textId="77777777" w:rsidR="00965516" w:rsidRPr="007E4E52" w:rsidRDefault="00965516" w:rsidP="05AD132F">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00965516" w:rsidRPr="00F856D3" w14:paraId="7ACA8304" w14:textId="77777777" w:rsidTr="05AD132F">
+      <w:tr w:rsidR="00965516" w:rsidRPr="007E4E52" w14:paraId="7ACA8304" w14:textId="77777777" w:rsidTr="05AD132F">
         <w:trPr>
           <w:trHeight w:val="367"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10058" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7F9463ED" w14:textId="37B30440" w:rsidR="00965516" w:rsidRPr="00F856D3" w:rsidRDefault="00965516" w:rsidP="05AD132F">
+          <w:p w14:paraId="7F9463ED" w14:textId="37B30440" w:rsidR="00965516" w:rsidRPr="007E4E52" w:rsidRDefault="00965516" w:rsidP="05AD132F">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00965516" w:rsidRPr="00F856D3" w14:paraId="3EF4A4DD" w14:textId="77777777" w:rsidTr="05AD132F">
+      <w:tr w:rsidR="00965516" w:rsidRPr="007E4E52" w14:paraId="3EF4A4DD" w14:textId="77777777" w:rsidTr="05AD132F">
         <w:trPr>
           <w:trHeight w:val="304"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10058" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5930C4A4" w14:textId="333C16C1" w:rsidR="00965516" w:rsidRPr="00F856D3" w:rsidRDefault="00965516" w:rsidP="05AD132F">
+          <w:p w14:paraId="5930C4A4" w14:textId="333C16C1" w:rsidR="00965516" w:rsidRPr="007E4E52" w:rsidRDefault="00965516" w:rsidP="05AD132F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:lang w:val="en-US"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="05AD132F">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E4E52">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Results will </w:t>
             </w:r>
-            <w:r w:rsidR="00D36FBF">
+            <w:r w:rsidR="00D36FBF" w:rsidRPr="007E4E52">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>be sent</w:t>
             </w:r>
-            <w:r w:rsidRPr="05AD132F">
+            <w:r w:rsidRPr="007E4E52">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> by email in English</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00965516" w:rsidRPr="00F856D3" w14:paraId="6FC06BCA" w14:textId="77777777" w:rsidTr="05AD132F">
+      <w:tr w:rsidR="00965516" w:rsidRPr="007E4E52" w14:paraId="6FC06BCA" w14:textId="77777777" w:rsidTr="05AD132F">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="445"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6664" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="773BC519" w14:textId="6DD4F75A" w:rsidR="00965516" w:rsidRPr="00F856D3" w:rsidRDefault="00965516" w:rsidP="00965516">
+          <w:p w14:paraId="773BC519" w14:textId="5F558000" w:rsidR="00965516" w:rsidRPr="007E4E52" w:rsidRDefault="00965516" w:rsidP="00965516">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="6840"/>
                 <w:tab w:val="left" w:pos="8100"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
-                <w:lang w:val="en-US"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="05AD132F">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E4E52">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t xml:space="preserve">Costs: </w:t>
             </w:r>
-            <w:r w:rsidRPr="05AD132F">
+            <w:r w:rsidRPr="007E4E52">
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t xml:space="preserve">per </w:t>
             </w:r>
-            <w:r w:rsidR="00D36FBF">
+            <w:r w:rsidR="00D36FBF" w:rsidRPr="007E4E52">
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t>Variety</w:t>
             </w:r>
-            <w:r w:rsidRPr="05AD132F">
+            <w:r w:rsidRPr="007E4E52">
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t xml:space="preserve">  €</w:t>
             </w:r>
-            <w:r w:rsidR="00577D4F">
+            <w:r w:rsidR="00577D4F" w:rsidRPr="007E4E52">
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidRPr="05AD132F">
+            <w:r w:rsidRPr="007E4E52">
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t>50,-  **</w:t>
             </w:r>
-            <w:r w:rsidR="00D36FBF">
+            <w:r w:rsidR="00D36FBF" w:rsidRPr="007E4E52">
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="001A63C5">
+            <w:r w:rsidR="001A63C5" w:rsidRPr="007E4E52">
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t xml:space="preserve">As </w:t>
             </w:r>
-            <w:r w:rsidR="00D36FBF">
+            <w:r w:rsidR="00D36FBF" w:rsidRPr="007E4E52">
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t xml:space="preserve">heterogeneity is expected, 8 individuals will be </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidR="00D36FBF">
+            <w:r w:rsidR="007E4E52" w:rsidRPr="007E4E52">
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
-              <w:t>analyzed</w:t>
+              <w:t>analysed</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidR="00D36FBF">
+            <w:r w:rsidR="00D36FBF" w:rsidRPr="007E4E52">
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t xml:space="preserve"> per variety.</w:t>
             </w:r>
-            <w:r w:rsidR="00456780">
+            <w:r w:rsidR="00456780" w:rsidRPr="007E4E52">
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6E9EABE5" w14:textId="77777777" w:rsidR="00965516" w:rsidRPr="00F856D3" w:rsidRDefault="00965516" w:rsidP="00965516">
+          <w:p w14:paraId="6E9EABE5" w14:textId="77777777" w:rsidR="00965516" w:rsidRPr="007E4E52" w:rsidRDefault="00965516" w:rsidP="00965516">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="6840"/>
                 <w:tab w:val="left" w:pos="8100"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
-                <w:lang w:val="en-US"/>
-[...3 lines deleted...]
-          <w:p w14:paraId="5998F52C" w14:textId="3D5E2280" w:rsidR="00965516" w:rsidRPr="00F856D3" w:rsidRDefault="00965516" w:rsidP="00965516">
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5998F52C" w14:textId="3D5E2280" w:rsidR="00965516" w:rsidRPr="007E4E52" w:rsidRDefault="00965516" w:rsidP="00965516">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="6840"/>
                 <w:tab w:val="left" w:pos="8100"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
-                <w:lang w:val="en-US"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00776F8F">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E4E52">
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
-                <w:lang w:val="en-US"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve">Samples are collected up to 32 </w:t>
+              </w:rPr>
+              <w:t>Samples are collected up to 32 samples. The analysis will start when a number of 32 samples has been reached. If not enough samples have been collected, the analysis will start after a waiting period</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00D36FBF" w:rsidRPr="007E4E52">
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
-                <w:lang w:val="en-US"/>
-[...1 lines deleted...]
-              <w:t>samples</w:t>
+              </w:rPr>
+              <w:t xml:space="preserve"> of 30 days</w:t>
             </w:r>
-            <w:r w:rsidRPr="00776F8F">
+            <w:r w:rsidRPr="007E4E52">
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
-                <w:lang w:val="en-US"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve">. The analysis </w:t>
+              </w:rPr>
+              <w:t>. Lead time of the analysis is 3 weeks.</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E4E52">
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
-                <w:lang w:val="en-US"/>
-[...31 lines deleted...]
-                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:cr/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="01FF4FE8" w14:textId="2801B5C0" w:rsidR="00965516" w:rsidRPr="00F856D3" w:rsidRDefault="00965516" w:rsidP="00965516">
+          <w:p w14:paraId="01FF4FE8" w14:textId="5EDE5C59" w:rsidR="00965516" w:rsidRPr="007E4E52" w:rsidRDefault="00965516" w:rsidP="00965516">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="6840"/>
                 <w:tab w:val="left" w:pos="8100"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
-                <w:lang w:val="en-US"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="05AD132F">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E4E52">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
-              <w:t xml:space="preserve">Urgent rate: € 1500,- (excluding rate per sample of € </w:t>
+              <w:t xml:space="preserve">Urgent rate: € 1500,- (excluding rate per </w:t>
             </w:r>
-            <w:r w:rsidR="00D36FBF">
+            <w:r w:rsidR="00905A9D" w:rsidRPr="007E4E52">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
-              <w:t>2</w:t>
+              <w:t>8 individuals</w:t>
             </w:r>
-            <w:r w:rsidRPr="05AD132F">
+            <w:r w:rsidRPr="007E4E52">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
+              <w:t xml:space="preserve"> of € </w:t>
+            </w:r>
+            <w:r w:rsidR="00D36FBF" w:rsidRPr="007E4E52">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007E4E52">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+              </w:rPr>
               <w:t>50,-) Analysis will start immediately. Lead time of the analysis is 3 weeks</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0CFD9192" w14:textId="77777777" w:rsidR="00965516" w:rsidRPr="00F856D3" w:rsidRDefault="00965516" w:rsidP="00965516">
+          <w:p w14:paraId="0CFD9192" w14:textId="77777777" w:rsidR="00965516" w:rsidRPr="007E4E52" w:rsidRDefault="00965516" w:rsidP="00965516">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="6840"/>
                 <w:tab w:val="left" w:pos="8100"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
-                <w:lang w:val="en-US"/>
-[...3 lines deleted...]
-          <w:p w14:paraId="155E9960" w14:textId="77777777" w:rsidR="00965516" w:rsidRPr="00F856D3" w:rsidRDefault="00965516" w:rsidP="00965516">
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="155E9960" w14:textId="77777777" w:rsidR="00965516" w:rsidRPr="007E4E52" w:rsidRDefault="00965516" w:rsidP="00965516">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="6840"/>
                 <w:tab w:val="left" w:pos="8100"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
-                <w:lang w:val="en-US"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="05AD132F">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E4E52">
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t xml:space="preserve">Client commissions to test samples as stated above. </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="692EBD68" w14:textId="77777777" w:rsidR="00965516" w:rsidRPr="00F856D3" w:rsidRDefault="00965516" w:rsidP="00965516">
+          <w:p w14:paraId="692EBD68" w14:textId="77777777" w:rsidR="00965516" w:rsidRPr="007E4E52" w:rsidRDefault="00965516" w:rsidP="00965516">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="6840"/>
                 <w:tab w:val="left" w:pos="8100"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
-                <w:lang w:val="en-US"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="05AD132F">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E4E52">
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t xml:space="preserve">Client is aware and agrees with the General Terms and Conditions </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="572282A5" w14:textId="41252E33" w:rsidR="00965516" w:rsidRPr="00F856D3" w:rsidRDefault="00965516" w:rsidP="00965516">
+          <w:p w14:paraId="572282A5" w14:textId="41252E33" w:rsidR="00965516" w:rsidRPr="007E4E52" w:rsidRDefault="00965516" w:rsidP="00965516">
             <w:pPr>
               <w:pStyle w:val="Voetnoottekst"/>
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
-                <w:lang w:val="en-US"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="05AD132F">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E4E52">
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t>See: http://www.naktuinbouw.com/terms-and-conditions</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3394" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="61FADB6A" w14:textId="66B85191" w:rsidR="00965516" w:rsidRPr="00F856D3" w:rsidRDefault="00965516" w:rsidP="05AD132F">
+          <w:p w14:paraId="61FADB6A" w14:textId="66B85191" w:rsidR="00965516" w:rsidRPr="007E4E52" w:rsidRDefault="00965516" w:rsidP="05AD132F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="6840"/>
                 <w:tab w:val="left" w:pos="8100"/>
               </w:tabs>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
-                <w:lang w:val="en-US"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="05AD132F">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E4E52">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Location</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00965516" w:rsidRPr="00F856D3" w14:paraId="1A3DC402" w14:textId="77777777" w:rsidTr="05AD132F">
+      <w:tr w:rsidR="00965516" w:rsidRPr="007E4E52" w14:paraId="1A3DC402" w14:textId="77777777" w:rsidTr="05AD132F">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="481"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6664" w:type="dxa"/>
             <w:vMerge/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="43F40F02" w14:textId="77777777" w:rsidR="00965516" w:rsidRPr="00F856D3" w:rsidRDefault="00965516" w:rsidP="00965516">
+          <w:p w14:paraId="43F40F02" w14:textId="77777777" w:rsidR="00965516" w:rsidRPr="007E4E52" w:rsidRDefault="00965516" w:rsidP="00965516">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="6840"/>
                 <w:tab w:val="left" w:pos="8100"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="18"/>
-                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3394" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="04F0857D" w14:textId="52EC9595" w:rsidR="00965516" w:rsidRPr="00F856D3" w:rsidRDefault="00965516" w:rsidP="05AD132F">
+          <w:p w14:paraId="04F0857D" w14:textId="52EC9595" w:rsidR="00965516" w:rsidRPr="007E4E52" w:rsidRDefault="00965516" w:rsidP="05AD132F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="6840"/>
                 <w:tab w:val="left" w:pos="8100"/>
               </w:tabs>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
-                <w:lang w:val="en-US"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="05AD132F">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E4E52">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Date</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00965516" w:rsidRPr="00F856D3" w14:paraId="18C98E30" w14:textId="77777777" w:rsidTr="05AD132F">
+      <w:tr w:rsidR="00965516" w:rsidRPr="007E4E52" w14:paraId="18C98E30" w14:textId="77777777" w:rsidTr="05AD132F">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="947"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6664" w:type="dxa"/>
             <w:vMerge/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="4E955206" w14:textId="77777777" w:rsidR="00965516" w:rsidRPr="00F856D3" w:rsidRDefault="00965516" w:rsidP="00965516">
+          <w:p w14:paraId="4E955206" w14:textId="77777777" w:rsidR="00965516" w:rsidRPr="007E4E52" w:rsidRDefault="00965516" w:rsidP="00965516">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="6840"/>
                 <w:tab w:val="left" w:pos="8100"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="18"/>
-                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3394" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="51788D17" w14:textId="3F892161" w:rsidR="00965516" w:rsidRPr="00F856D3" w:rsidRDefault="00965516" w:rsidP="05AD132F">
+          <w:p w14:paraId="51788D17" w14:textId="3F892161" w:rsidR="00965516" w:rsidRPr="007E4E52" w:rsidRDefault="00965516" w:rsidP="05AD132F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="6840"/>
                 <w:tab w:val="left" w:pos="8100"/>
               </w:tabs>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
-                <w:lang w:val="en-US"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="05AD132F">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E4E52">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Signature</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7CDF700B" w14:textId="77777777" w:rsidR="007573AC" w:rsidRPr="00F856D3" w:rsidRDefault="007573AC" w:rsidP="05AD132F">
+    <w:p w14:paraId="7CDF700B" w14:textId="77777777" w:rsidR="007573AC" w:rsidRPr="007E4E52" w:rsidRDefault="007573AC" w:rsidP="05AD132F">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="05AD132F">
+      <w:r w:rsidRPr="007E4E52">
         <w:rPr>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
         <w:t xml:space="preserve">* Strike out in case of irrelevance  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1744A739" w14:textId="2AB7A747" w:rsidR="006E429F" w:rsidRPr="00F856D3" w:rsidRDefault="007573AC" w:rsidP="05AD132F">
+    <w:p w14:paraId="1744A739" w14:textId="262A5CFA" w:rsidR="006E429F" w:rsidRPr="007E4E52" w:rsidRDefault="007573AC" w:rsidP="05AD132F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="05AD132F">
+      <w:r w:rsidRPr="007E4E52">
         <w:rPr>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
         <w:t xml:space="preserve">** Excluding one-time </w:t>
       </w:r>
-      <w:r w:rsidR="00D36FBF" w:rsidRPr="00D36FBF">
+      <w:r w:rsidR="00D36FBF" w:rsidRPr="007E4E52">
         <w:rPr>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
         <w:t xml:space="preserve">€ </w:t>
       </w:r>
-      <w:r w:rsidR="00B8622E">
+      <w:r w:rsidR="00B8622E" w:rsidRPr="007E4E52">
         <w:rPr>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
-        <w:t>40,40</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00D36FBF">
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="00C7207B" w:rsidRPr="007E4E52">
+        <w:rPr>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00B8622E" w:rsidRPr="007E4E52">
+        <w:rPr>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00C7207B" w:rsidRPr="007E4E52">
+        <w:rPr>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00B8622E" w:rsidRPr="007E4E52">
+        <w:rPr>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidR="00D36FBF" w:rsidRPr="007E4E52">
         <w:rPr>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="05AD132F">
+      <w:r w:rsidRPr="007E4E52">
         <w:rPr>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
         <w:t xml:space="preserve">administration costs.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="07609152" w14:textId="7851E171" w:rsidR="006E429F" w:rsidRPr="00F856D3" w:rsidRDefault="006E429F" w:rsidP="05AD132F">
+    <w:p w14:paraId="07609152" w14:textId="7851E171" w:rsidR="006E429F" w:rsidRPr="007E4E52" w:rsidRDefault="006E429F" w:rsidP="05AD132F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:sectPr w:rsidR="006E429F" w:rsidRPr="00F856D3" w:rsidSect="00E8741B">
+        <w:sectPr w:rsidR="006E429F" w:rsidRPr="007E4E52" w:rsidSect="00E8741B">
           <w:footerReference w:type="default" r:id="rId11"/>
           <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
           <w:pgMar w:top="86" w:right="1134" w:bottom="540" w:left="1134" w:header="354" w:footer="306" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="10EA0495" w14:textId="77777777" w:rsidR="006C4E3D" w:rsidRPr="000F7DD4" w:rsidRDefault="006C4E3D" w:rsidP="05AD132F">
+    <w:p w14:paraId="10EA0495" w14:textId="77777777" w:rsidR="006C4E3D" w:rsidRPr="007E4E52" w:rsidRDefault="006C4E3D" w:rsidP="05AD132F">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="05AD132F">
+      <w:r w:rsidRPr="007E4E52">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Collection and submission of samples</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7CBE7874" w14:textId="77777777" w:rsidR="006C4E3D" w:rsidRPr="000F7DD4" w:rsidRDefault="006C4E3D" w:rsidP="05AD132F">
+    <w:p w14:paraId="7CBE7874" w14:textId="77777777" w:rsidR="006C4E3D" w:rsidRPr="007E4E52" w:rsidRDefault="006C4E3D" w:rsidP="05AD132F">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3220006A" w14:textId="77777777" w:rsidR="006C4E3D" w:rsidRPr="000F7DD4" w:rsidRDefault="006C4E3D" w:rsidP="006C4E3D">
+    <w:p w14:paraId="3220006A" w14:textId="77777777" w:rsidR="006C4E3D" w:rsidRPr="007E4E52" w:rsidRDefault="006C4E3D" w:rsidP="006C4E3D">
       <w:pPr>
         <w:pStyle w:val="Kop1"/>
-        <w:rPr>
-[...3 lines deleted...]
-      <w:r>
+      </w:pPr>
+      <w:r w:rsidRPr="007E4E52">
         <w:t>Collecting samples</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="10BCA92B" w14:textId="77777777" w:rsidR="006C4E3D" w:rsidRPr="000F7DD4" w:rsidRDefault="006C4E3D" w:rsidP="006C4E3D">
+    <w:p w14:paraId="10BCA92B" w14:textId="77777777" w:rsidR="006C4E3D" w:rsidRPr="007E4E52" w:rsidRDefault="006C4E3D" w:rsidP="006C4E3D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
-        <w:rPr>
-[...3 lines deleted...]
-      <w:r>
+      </w:pPr>
+      <w:r w:rsidRPr="007E4E52">
         <w:t>Per sample one young leaf of one individual plant.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30B2951D" w14:textId="0CFB76D9" w:rsidR="006C4E3D" w:rsidRPr="000F7DD4" w:rsidRDefault="006C4E3D" w:rsidP="006C4E3D">
+    <w:p w14:paraId="30B2951D" w14:textId="0CFB76D9" w:rsidR="006C4E3D" w:rsidRPr="007E4E52" w:rsidRDefault="006C4E3D" w:rsidP="006C4E3D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
-        <w:rPr>
-[...3 lines deleted...]
-      <w:r>
+      </w:pPr>
+      <w:r w:rsidRPr="007E4E52">
         <w:t>In case of variety identification, please send also the reference variety. If you are also owner of the reference variety and the reference variety is recorded in the</w:t>
       </w:r>
-      <w:r w:rsidR="003F1522">
+      <w:r w:rsidR="003F1522" w:rsidRPr="007E4E52">
         <w:t xml:space="preserve"> specific</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="007E4E52">
         <w:t xml:space="preserve"> Naktuinbouw database, it is not necessary to </w:t>
       </w:r>
-      <w:r w:rsidR="00950E4D">
+      <w:r w:rsidR="00950E4D" w:rsidRPr="007E4E52">
         <w:t>send</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="007E4E52">
         <w:t xml:space="preserve"> the reference variety. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E0F3FBE" w14:textId="77777777" w:rsidR="006C4E3D" w:rsidRPr="000F7DD4" w:rsidRDefault="006C4E3D" w:rsidP="05AD132F">
+    <w:p w14:paraId="4E0F3FBE" w14:textId="77777777" w:rsidR="006C4E3D" w:rsidRPr="007E4E52" w:rsidRDefault="006C4E3D" w:rsidP="05AD132F">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3A0D3D6E" w14:textId="77777777" w:rsidR="006C4E3D" w:rsidRPr="000F7DD4" w:rsidRDefault="006C4E3D" w:rsidP="006C4E3D">
+    <w:p w14:paraId="3A0D3D6E" w14:textId="77777777" w:rsidR="006C4E3D" w:rsidRPr="007E4E52" w:rsidRDefault="006C4E3D" w:rsidP="006C4E3D">
       <w:pPr>
         <w:pStyle w:val="Kop1"/>
-        <w:rPr>
-[...3 lines deleted...]
-      <w:r>
+      </w:pPr>
+      <w:r w:rsidRPr="007E4E52">
         <w:t>Order form</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28FA83E6" w14:textId="4B60CAFF" w:rsidR="006C4E3D" w:rsidRPr="000F7DD4" w:rsidRDefault="006C4E3D" w:rsidP="006C4E3D">
+    <w:p w14:paraId="28FA83E6" w14:textId="4B60CAFF" w:rsidR="006C4E3D" w:rsidRPr="007E4E52" w:rsidRDefault="006C4E3D" w:rsidP="006C4E3D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
-        <w:rPr>
-[...3 lines deleted...]
-      <w:r>
+      </w:pPr>
+      <w:r w:rsidRPr="007E4E52">
         <w:t xml:space="preserve">Provide </w:t>
       </w:r>
-      <w:r w:rsidR="500BFE5C">
+      <w:r w:rsidR="500BFE5C" w:rsidRPr="007E4E52">
         <w:t>the correct</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="007E4E52">
         <w:t xml:space="preserve"> name and address on the form</w:t>
       </w:r>
-      <w:r w:rsidRPr="05AD132F">
+      <w:r w:rsidRPr="007E4E52">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2DA2C75A" w14:textId="77777777" w:rsidR="006C4E3D" w:rsidRPr="000F7DD4" w:rsidRDefault="006C4E3D" w:rsidP="006C4E3D">
+    <w:p w14:paraId="2DA2C75A" w14:textId="77777777" w:rsidR="006C4E3D" w:rsidRPr="007E4E52" w:rsidRDefault="006C4E3D" w:rsidP="006C4E3D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
-        <w:rPr>
-[...3 lines deleted...]
-      <w:r>
+      </w:pPr>
+      <w:r w:rsidRPr="007E4E52">
         <w:t>Provide as much information about the identification question as possible.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58C69565" w14:textId="77777777" w:rsidR="006C4E3D" w:rsidRPr="000F7DD4" w:rsidRDefault="006C4E3D" w:rsidP="006C4E3D">
+    <w:p w14:paraId="58C69565" w14:textId="77777777" w:rsidR="006C4E3D" w:rsidRPr="007E4E52" w:rsidRDefault="006C4E3D" w:rsidP="006C4E3D">
       <w:pPr>
         <w:ind w:left="360"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="555E2B64" w14:textId="77777777" w:rsidR="006C4E3D" w:rsidRPr="000F7DD4" w:rsidRDefault="006C4E3D" w:rsidP="006C4E3D">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="05AD132F">
+    <w:p w14:paraId="555E2B64" w14:textId="77777777" w:rsidR="006C4E3D" w:rsidRPr="007E4E52" w:rsidRDefault="006C4E3D" w:rsidP="006C4E3D">
+      <w:r w:rsidRPr="007E4E52">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Packing samples</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18B38428" w14:textId="77777777" w:rsidR="006C4E3D" w:rsidRPr="000F7DD4" w:rsidRDefault="006C4E3D" w:rsidP="006C4E3D">
+    <w:p w14:paraId="18B38428" w14:textId="77777777" w:rsidR="006C4E3D" w:rsidRPr="007E4E52" w:rsidRDefault="006C4E3D" w:rsidP="006C4E3D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
-        <w:rPr>
-[...3 lines deleted...]
-      <w:r>
+      </w:pPr>
+      <w:r w:rsidRPr="007E4E52">
         <w:t>Label the samples in a sufficient way.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39E1AA6E" w14:textId="77777777" w:rsidR="006C4E3D" w:rsidRPr="000F7DD4" w:rsidRDefault="006C4E3D" w:rsidP="006C4E3D">
+    <w:p w14:paraId="39E1AA6E" w14:textId="77777777" w:rsidR="006C4E3D" w:rsidRPr="007E4E52" w:rsidRDefault="006C4E3D" w:rsidP="006C4E3D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
-        <w:rPr>
-[...3 lines deleted...]
-      <w:r>
+      </w:pPr>
+      <w:r w:rsidRPr="007E4E52">
         <w:t>Be aware that parcels are thrown around during transport.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="215404C5" w14:textId="77777777" w:rsidR="006C4E3D" w:rsidRPr="000F7DD4" w:rsidRDefault="006C4E3D" w:rsidP="006C4E3D">
+    <w:p w14:paraId="215404C5" w14:textId="77777777" w:rsidR="006C4E3D" w:rsidRPr="007E4E52" w:rsidRDefault="006C4E3D" w:rsidP="006C4E3D">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2F47C5FF" w14:textId="77777777" w:rsidR="006C4E3D" w:rsidRPr="000F7DD4" w:rsidRDefault="006C4E3D" w:rsidP="05AD132F">
+    <w:p w14:paraId="2F47C5FF" w14:textId="77777777" w:rsidR="006C4E3D" w:rsidRPr="007E4E52" w:rsidRDefault="006C4E3D" w:rsidP="05AD132F">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="05AD132F">
+      <w:r w:rsidRPr="007E4E52">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Mailing samples</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60E3854B" w14:textId="340933B6" w:rsidR="00965516" w:rsidRDefault="00965516" w:rsidP="00965516">
+    <w:p w14:paraId="60E3854B" w14:textId="340933B6" w:rsidR="00965516" w:rsidRPr="007E4E52" w:rsidRDefault="00965516" w:rsidP="00965516">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:rPr>
-[...3 lines deleted...]
-      <w:r>
+      </w:pPr>
+      <w:r w:rsidRPr="007E4E52">
         <w:t xml:space="preserve">For samples </w:t>
       </w:r>
-      <w:r w:rsidR="4B673E8F">
+      <w:r w:rsidR="4B673E8F" w:rsidRPr="007E4E52">
         <w:t>sent</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="007E4E52">
         <w:t xml:space="preserve"> with Post NL please use the following address. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="137D7294" w14:textId="77777777" w:rsidR="00965516" w:rsidRDefault="00965516" w:rsidP="05AD132F">
+    <w:p w14:paraId="137D7294" w14:textId="77777777" w:rsidR="00965516" w:rsidRPr="007E4E52" w:rsidRDefault="00965516" w:rsidP="05AD132F">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4EA1538F" w14:textId="77777777" w:rsidR="00965516" w:rsidRPr="00D103CE" w:rsidRDefault="00965516" w:rsidP="05AD132F">
+    <w:p w14:paraId="4EA1538F" w14:textId="77777777" w:rsidR="00965516" w:rsidRPr="007E4E52" w:rsidRDefault="00965516" w:rsidP="05AD132F">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="05AD132F">
+      <w:r w:rsidRPr="007E4E52">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Naktuinbouw, team R&amp;D</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="007E4E52">
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="007E4E52">
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="05AD132F">
+      <w:r w:rsidRPr="007E4E52">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E0F6CD8" w14:textId="77777777" w:rsidR="00965516" w:rsidRPr="00D103CE" w:rsidRDefault="00965516" w:rsidP="05AD132F">
+    <w:p w14:paraId="1E0F6CD8" w14:textId="77777777" w:rsidR="00965516" w:rsidRPr="007E4E52" w:rsidRDefault="00965516" w:rsidP="05AD132F">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="05AD132F">
+      <w:r w:rsidRPr="007E4E52">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>attn Variety Tracer</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50CF506B" w14:textId="77777777" w:rsidR="00965516" w:rsidRPr="00D103CE" w:rsidRDefault="00965516" w:rsidP="05AD132F">
+    <w:p w14:paraId="50CF506B" w14:textId="77777777" w:rsidR="00965516" w:rsidRPr="007E4E52" w:rsidRDefault="00965516" w:rsidP="05AD132F">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="05AD132F">
+      <w:r w:rsidRPr="007E4E52">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Postbus 40 </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="007E4E52">
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="007E4E52">
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="007E4E52">
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="007E4E52">
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="007E4E52">
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="007E4E52">
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6AC1F934" w14:textId="36E01864" w:rsidR="00965516" w:rsidRDefault="00965516" w:rsidP="05AD132F">
+    <w:p w14:paraId="6AC1F934" w14:textId="36E01864" w:rsidR="00965516" w:rsidRPr="007E4E52" w:rsidRDefault="00965516" w:rsidP="05AD132F">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="05AD132F">
+      <w:r w:rsidRPr="007E4E52">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">2370 AA </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="05AD132F">
+      <w:r w:rsidRPr="007E4E52">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Roelofarendsveen</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="3C4CEA52" w14:textId="2C39DB7D" w:rsidR="00965516" w:rsidRDefault="6E035626" w:rsidP="05AD132F">
+    <w:p w14:paraId="3C4CEA52" w14:textId="2C39DB7D" w:rsidR="00965516" w:rsidRPr="007E4E52" w:rsidRDefault="6E035626" w:rsidP="05AD132F">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="05AD132F">
+      <w:r w:rsidRPr="007E4E52">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>The Netherlands</w:t>
       </w:r>
-      <w:r w:rsidR="00965516">
+      <w:r w:rsidR="00965516" w:rsidRPr="007E4E52">
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6DC61045" w14:textId="77777777" w:rsidR="00965516" w:rsidRDefault="00965516" w:rsidP="05AD132F">
+    <w:p w14:paraId="6DC61045" w14:textId="77777777" w:rsidR="00965516" w:rsidRPr="007E4E52" w:rsidRDefault="00965516" w:rsidP="05AD132F">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="626B2804" w14:textId="0D745D28" w:rsidR="00965516" w:rsidRDefault="00965516" w:rsidP="00965516">
+    <w:p w14:paraId="626B2804" w14:textId="0D745D28" w:rsidR="00965516" w:rsidRPr="007E4E52" w:rsidRDefault="00965516" w:rsidP="00965516">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:rPr>
-[...3 lines deleted...]
-      <w:r>
+      </w:pPr>
+      <w:r w:rsidRPr="007E4E52">
         <w:t>For samples sen</w:t>
       </w:r>
-      <w:r w:rsidR="00950E4D">
+      <w:r w:rsidR="00950E4D" w:rsidRPr="007E4E52">
         <w:t>t</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="007E4E52">
         <w:t xml:space="preserve"> with other transport services, please use the following address. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="43EB1285" w14:textId="2701D11F" w:rsidR="00965516" w:rsidRDefault="00965516" w:rsidP="00965516">
+    <w:p w14:paraId="43EB1285" w14:textId="2701D11F" w:rsidR="00965516" w:rsidRPr="007E4E52" w:rsidRDefault="00965516" w:rsidP="00965516">
       <w:pPr>
         <w:ind w:left="360"/>
-        <w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="05AD132F">
+      </w:pPr>
+      <w:r w:rsidRPr="007E4E52">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Delivery before 5</w:t>
       </w:r>
-      <w:r w:rsidR="20E7E6A8" w:rsidRPr="05AD132F">
+      <w:r w:rsidR="20E7E6A8" w:rsidRPr="007E4E52">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>.30</w:t>
       </w:r>
-      <w:r w:rsidRPr="05AD132F">
+      <w:r w:rsidRPr="007E4E52">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> pm</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="007E4E52">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C3255D4" w14:textId="77777777" w:rsidR="00965516" w:rsidRDefault="00965516" w:rsidP="00965516">
+    <w:p w14:paraId="2C3255D4" w14:textId="77777777" w:rsidR="00965516" w:rsidRPr="007E4E52" w:rsidRDefault="00965516" w:rsidP="00965516">
       <w:pPr>
         <w:ind w:left="360"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="221373DE" w14:textId="77777777" w:rsidR="00965516" w:rsidRPr="00050E3F" w:rsidRDefault="00965516" w:rsidP="05AD132F">
+    <w:p w14:paraId="221373DE" w14:textId="77777777" w:rsidR="00965516" w:rsidRPr="007E4E52" w:rsidRDefault="00965516" w:rsidP="05AD132F">
       <w:pPr>
         <w:ind w:left="360" w:firstLine="349"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="05AD132F">
+      <w:r w:rsidRPr="007E4E52">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Naktuinbouw, team R&amp;D</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="007E4E52">
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="007E4E52">
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="05AD132F">
+      <w:r w:rsidRPr="007E4E52">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F50DAEC" w14:textId="77777777" w:rsidR="00965516" w:rsidRPr="00050E3F" w:rsidRDefault="00965516" w:rsidP="05AD132F">
+    <w:p w14:paraId="5F50DAEC" w14:textId="77777777" w:rsidR="00965516" w:rsidRPr="007E4E52" w:rsidRDefault="00965516" w:rsidP="05AD132F">
       <w:pPr>
         <w:ind w:left="360" w:firstLine="349"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="05AD132F">
+      <w:r w:rsidRPr="007E4E52">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>tav</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="05AD132F">
+      <w:r w:rsidRPr="007E4E52">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Variety Tracer</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5240B26F" w14:textId="1752E10D" w:rsidR="00965516" w:rsidRPr="00B8622E" w:rsidRDefault="00965516" w:rsidP="00B8622E">
+    <w:p w14:paraId="5240B26F" w14:textId="1752E10D" w:rsidR="00965516" w:rsidRPr="007E4E52" w:rsidRDefault="00965516" w:rsidP="00B8622E">
       <w:pPr>
         <w:ind w:left="709"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="05AD132F">
+      <w:r w:rsidRPr="007E4E52">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Sotaweg</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="05AD132F">
+      <w:r w:rsidRPr="007E4E52">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> 22 </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="007E4E52">
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="007E4E52">
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="007E4E52">
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="007E4E52">
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="007E4E52">
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="007E4E52">
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00B8622E">
+      <w:r w:rsidR="00B8622E" w:rsidRPr="007E4E52">
         <w:br/>
       </w:r>
-      <w:r w:rsidR="00B8622E" w:rsidRPr="00B8622E">
+      <w:r w:rsidR="00B8622E" w:rsidRPr="007E4E52">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>2371</w:t>
       </w:r>
-      <w:r w:rsidR="00950E4D" w:rsidRPr="00B8622E">
+      <w:r w:rsidR="00950E4D" w:rsidRPr="007E4E52">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> GD </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00B8622E">
+      <w:r w:rsidRPr="007E4E52">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Roelofarendsveen</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00950E4D">
+      <w:r w:rsidR="00950E4D" w:rsidRPr="007E4E52">
         <w:br/>
       </w:r>
-      <w:r w:rsidR="12EFE176" w:rsidRPr="00B8622E">
+      <w:r w:rsidR="12EFE176" w:rsidRPr="007E4E52">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>The Netherlands</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="170A3274" w14:textId="77777777" w:rsidR="00965516" w:rsidRPr="00050E3F" w:rsidRDefault="00965516" w:rsidP="00965516">
+    <w:p w14:paraId="170A3274" w14:textId="77777777" w:rsidR="00965516" w:rsidRPr="007E4E52" w:rsidRDefault="00965516" w:rsidP="00965516">
       <w:pPr>
         <w:ind w:left="360"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7D3E55B8" w14:textId="08FF0655" w:rsidR="00965516" w:rsidRPr="007706F4" w:rsidRDefault="00965516" w:rsidP="05AD132F">
+    <w:p w14:paraId="7D3E55B8" w14:textId="08FF0655" w:rsidR="00965516" w:rsidRPr="007E4E52" w:rsidRDefault="00965516" w:rsidP="05AD132F">
       <w:pPr>
         <w:pStyle w:val="Plattetekstinspringen"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="05AD132F">
+      <w:r w:rsidRPr="007E4E52">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Please </w:t>
       </w:r>
-      <w:r w:rsidR="00950E4D" w:rsidRPr="05AD132F">
+      <w:r w:rsidR="00950E4D" w:rsidRPr="007E4E52">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">email </w:t>
       </w:r>
-      <w:r w:rsidRPr="05AD132F">
+      <w:r w:rsidRPr="007E4E52">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">a copy of this sample submission form to </w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_Hlk129094497"/>
-      <w:r w:rsidRPr="05AD132F">
+      <w:r w:rsidRPr="007E4E52">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
-      <w:r w:rsidRPr="05AD132F">
+      <w:r w:rsidRPr="007E4E52">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:instrText>HYPERLINK "mailto:varietytracer@naktuinbouw.nl"</w:instrText>
       </w:r>
-      <w:r w:rsidRPr="05AD132F">
+      <w:r w:rsidRPr="007E4E52">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="05AD132F">
+      <w:r w:rsidRPr="007E4E52">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>varietytracer@naktuinbouw.nl</w:t>
       </w:r>
-      <w:r w:rsidRPr="05AD132F">
+      <w:r w:rsidRPr="007E4E52">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:p w14:paraId="2D1AAE4B" w14:textId="77777777" w:rsidR="0096297D" w:rsidRPr="00F856D3" w:rsidRDefault="0096297D" w:rsidP="05AD132F">
+    <w:p w14:paraId="2D1AAE4B" w14:textId="77777777" w:rsidR="0096297D" w:rsidRPr="007E4E52" w:rsidRDefault="0096297D" w:rsidP="05AD132F">
       <w:pPr>
         <w:pStyle w:val="Kop1"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="0096297D" w:rsidRPr="00F856D3" w:rsidSect="00E8741B">
+    <w:sectPr w:rsidR="0096297D" w:rsidRPr="007E4E52" w:rsidSect="00E8741B">
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="899" w:right="1134" w:bottom="540" w:left="1134" w:header="354" w:footer="666" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="7A4809E7" w14:textId="77777777" w:rsidR="00FF154F" w:rsidRDefault="00FF154F">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="7311C482" w14:textId="77777777" w:rsidR="00FF154F" w:rsidRDefault="00FF154F">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
@@ -3403,96 +3266,96 @@
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="7A6044FB" w14:textId="22E2A470" w:rsidR="00544B1C" w:rsidRPr="00421281" w:rsidRDefault="05AD132F" w:rsidP="00D103CE">
+  <w:p w14:paraId="7A6044FB" w14:textId="2A7B9A00" w:rsidR="00544B1C" w:rsidRPr="00421281" w:rsidRDefault="05AD132F" w:rsidP="00D103CE">
     <w:pPr>
       <w:pStyle w:val="Voettekst"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="9072"/>
         <w:tab w:val="right" w:pos="9720"/>
       </w:tabs>
       <w:rPr>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="05AD132F">
       <w:rPr>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
       <w:t>Version January 202</w:t>
     </w:r>
-    <w:r w:rsidR="00B8622E">
+    <w:r w:rsidR="00905A9D">
       <w:rPr>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
-      <w:t>5</w:t>
+      <w:t>6</w:t>
     </w:r>
     <w:r w:rsidR="004E3FD4">
       <w:tab/>
     </w:r>
     <w:r w:rsidR="004E3FD4">
       <w:tab/>
     </w:r>
     <w:r w:rsidRPr="05AD132F">
       <w:rPr>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
       <w:t>Pag</w:t>
     </w:r>
     <w:r w:rsidR="00B8622E">
       <w:rPr>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
       <w:t>e</w:t>
     </w:r>
     <w:r w:rsidRPr="05AD132F">
       <w:rPr>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
@@ -5285,85 +5148,84 @@
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="1799562423">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="1776094235">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1947613884">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="701780858">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="639459328">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="1974748601">
     <w:abstractNumId w:val="4"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="150"/>
   <w:proofState w:spelling="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="709"/>
   <w:hyphenationZone w:val="425"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="22529"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00E44DC2"/>
     <w:rsid w:val="00000F54"/>
     <w:rsid w:val="000054A9"/>
     <w:rsid w:val="00010578"/>
     <w:rsid w:val="00035FC0"/>
-    <w:rsid w:val="00055EF2"/>
     <w:rsid w:val="000573AA"/>
     <w:rsid w:val="00080CAF"/>
     <w:rsid w:val="00084B97"/>
     <w:rsid w:val="000B1D05"/>
     <w:rsid w:val="000C5F1C"/>
     <w:rsid w:val="000D06E3"/>
     <w:rsid w:val="000E0D5B"/>
     <w:rsid w:val="000E211F"/>
     <w:rsid w:val="000E44F8"/>
     <w:rsid w:val="000F2F2F"/>
     <w:rsid w:val="00133240"/>
     <w:rsid w:val="001352B5"/>
     <w:rsid w:val="00164AFC"/>
     <w:rsid w:val="00167AC2"/>
     <w:rsid w:val="00175512"/>
     <w:rsid w:val="00181B8E"/>
     <w:rsid w:val="00191F8E"/>
     <w:rsid w:val="001A63C5"/>
     <w:rsid w:val="001E364E"/>
     <w:rsid w:val="001F720F"/>
     <w:rsid w:val="002355A6"/>
     <w:rsid w:val="002718E8"/>
     <w:rsid w:val="00287F2B"/>
     <w:rsid w:val="00292DFF"/>
     <w:rsid w:val="00293F38"/>
@@ -5392,170 +5254,171 @@
     <w:rsid w:val="003E5EFC"/>
     <w:rsid w:val="003E7715"/>
     <w:rsid w:val="003F1522"/>
     <w:rsid w:val="004135BD"/>
     <w:rsid w:val="00413EBC"/>
     <w:rsid w:val="00421281"/>
     <w:rsid w:val="004322E2"/>
     <w:rsid w:val="004423F8"/>
     <w:rsid w:val="00444D71"/>
     <w:rsid w:val="00456780"/>
     <w:rsid w:val="0047295A"/>
     <w:rsid w:val="00485ABB"/>
     <w:rsid w:val="004A5ADF"/>
     <w:rsid w:val="004A7225"/>
     <w:rsid w:val="004B2249"/>
     <w:rsid w:val="004B3188"/>
     <w:rsid w:val="004B6887"/>
     <w:rsid w:val="004D4161"/>
     <w:rsid w:val="004D4B54"/>
     <w:rsid w:val="004E3FD4"/>
     <w:rsid w:val="004F0C84"/>
     <w:rsid w:val="00543E9A"/>
     <w:rsid w:val="00544B1C"/>
     <w:rsid w:val="00551DA5"/>
     <w:rsid w:val="0055317E"/>
-    <w:rsid w:val="005714C9"/>
     <w:rsid w:val="00573866"/>
     <w:rsid w:val="00576DC1"/>
     <w:rsid w:val="00577D4F"/>
     <w:rsid w:val="00580D27"/>
     <w:rsid w:val="00581422"/>
     <w:rsid w:val="00586F85"/>
     <w:rsid w:val="00596FDF"/>
     <w:rsid w:val="005A5658"/>
     <w:rsid w:val="005C718E"/>
     <w:rsid w:val="005E0B0B"/>
     <w:rsid w:val="0062112A"/>
     <w:rsid w:val="006213CF"/>
     <w:rsid w:val="006224B5"/>
     <w:rsid w:val="006255C3"/>
     <w:rsid w:val="006358AC"/>
     <w:rsid w:val="00637C24"/>
     <w:rsid w:val="00650C26"/>
     <w:rsid w:val="006538B0"/>
     <w:rsid w:val="006662B0"/>
     <w:rsid w:val="006717D1"/>
     <w:rsid w:val="006752F2"/>
     <w:rsid w:val="006763E3"/>
     <w:rsid w:val="006C4E3D"/>
     <w:rsid w:val="006D78E8"/>
     <w:rsid w:val="006E429F"/>
     <w:rsid w:val="007051AA"/>
     <w:rsid w:val="0071668E"/>
     <w:rsid w:val="007573AC"/>
     <w:rsid w:val="00776F8F"/>
     <w:rsid w:val="007852E2"/>
     <w:rsid w:val="007952B3"/>
+    <w:rsid w:val="007E4E52"/>
     <w:rsid w:val="008109BC"/>
     <w:rsid w:val="00813453"/>
     <w:rsid w:val="0081559E"/>
     <w:rsid w:val="00834D1A"/>
     <w:rsid w:val="00841F5B"/>
     <w:rsid w:val="00856910"/>
     <w:rsid w:val="00867816"/>
     <w:rsid w:val="00870C57"/>
     <w:rsid w:val="00894CAC"/>
     <w:rsid w:val="008C0CDF"/>
     <w:rsid w:val="008D042A"/>
     <w:rsid w:val="008D0873"/>
+    <w:rsid w:val="00905A9D"/>
     <w:rsid w:val="00910027"/>
     <w:rsid w:val="00912CE5"/>
     <w:rsid w:val="00927906"/>
     <w:rsid w:val="00941572"/>
     <w:rsid w:val="00942516"/>
     <w:rsid w:val="00950E4D"/>
     <w:rsid w:val="0096297D"/>
     <w:rsid w:val="00965516"/>
     <w:rsid w:val="009752DE"/>
     <w:rsid w:val="00986931"/>
     <w:rsid w:val="00991D92"/>
     <w:rsid w:val="009A0038"/>
     <w:rsid w:val="009B5189"/>
     <w:rsid w:val="009C74F2"/>
     <w:rsid w:val="009D19CF"/>
     <w:rsid w:val="009D6020"/>
     <w:rsid w:val="00A61D1C"/>
     <w:rsid w:val="00A763B5"/>
     <w:rsid w:val="00A907E4"/>
     <w:rsid w:val="00A932E7"/>
     <w:rsid w:val="00A95F92"/>
     <w:rsid w:val="00AA12E3"/>
     <w:rsid w:val="00AC6947"/>
     <w:rsid w:val="00AC7A05"/>
     <w:rsid w:val="00AD0DC0"/>
     <w:rsid w:val="00AE5C2E"/>
+    <w:rsid w:val="00AF2473"/>
     <w:rsid w:val="00AF4499"/>
     <w:rsid w:val="00AF7773"/>
     <w:rsid w:val="00B02DFD"/>
     <w:rsid w:val="00B12E7E"/>
     <w:rsid w:val="00B15955"/>
     <w:rsid w:val="00B22BA4"/>
     <w:rsid w:val="00B27176"/>
     <w:rsid w:val="00B352C0"/>
     <w:rsid w:val="00B4225F"/>
     <w:rsid w:val="00B755FC"/>
     <w:rsid w:val="00B8622E"/>
     <w:rsid w:val="00B90DEE"/>
     <w:rsid w:val="00B943E0"/>
     <w:rsid w:val="00B97C7E"/>
     <w:rsid w:val="00BA11B7"/>
     <w:rsid w:val="00BB7AAA"/>
     <w:rsid w:val="00BC3680"/>
     <w:rsid w:val="00BC5348"/>
     <w:rsid w:val="00BF35C7"/>
     <w:rsid w:val="00C02FCF"/>
     <w:rsid w:val="00C432A8"/>
     <w:rsid w:val="00C5257B"/>
+    <w:rsid w:val="00C7207B"/>
     <w:rsid w:val="00C74926"/>
     <w:rsid w:val="00CC0CDC"/>
     <w:rsid w:val="00CC260F"/>
     <w:rsid w:val="00CF0A6A"/>
     <w:rsid w:val="00D103CE"/>
     <w:rsid w:val="00D339C0"/>
     <w:rsid w:val="00D34C14"/>
     <w:rsid w:val="00D36059"/>
     <w:rsid w:val="00D36FBF"/>
     <w:rsid w:val="00D76EC6"/>
     <w:rsid w:val="00D945BA"/>
     <w:rsid w:val="00D9A20C"/>
     <w:rsid w:val="00DC0601"/>
     <w:rsid w:val="00DC0C95"/>
     <w:rsid w:val="00DD57A4"/>
     <w:rsid w:val="00DE40E6"/>
-    <w:rsid w:val="00DE7753"/>
     <w:rsid w:val="00DF3C29"/>
     <w:rsid w:val="00DF440D"/>
     <w:rsid w:val="00E238C2"/>
     <w:rsid w:val="00E24CB2"/>
     <w:rsid w:val="00E31F9D"/>
     <w:rsid w:val="00E44DC2"/>
     <w:rsid w:val="00E66D3C"/>
     <w:rsid w:val="00E72EBB"/>
     <w:rsid w:val="00E814B5"/>
     <w:rsid w:val="00E8741B"/>
-    <w:rsid w:val="00EA5B1E"/>
     <w:rsid w:val="00EA7BA0"/>
     <w:rsid w:val="00EB3B79"/>
     <w:rsid w:val="00ED0174"/>
     <w:rsid w:val="00ED052D"/>
     <w:rsid w:val="00ED347C"/>
     <w:rsid w:val="00EF4EDC"/>
     <w:rsid w:val="00F10939"/>
     <w:rsid w:val="00F22C3E"/>
     <w:rsid w:val="00F278D2"/>
     <w:rsid w:val="00F5119D"/>
     <w:rsid w:val="00F7771C"/>
     <w:rsid w:val="00F856D3"/>
     <w:rsid w:val="00F94CE5"/>
     <w:rsid w:val="00F95EB7"/>
     <w:rsid w:val="00F96FB9"/>
     <w:rsid w:val="00FE4E4B"/>
     <w:rsid w:val="00FE5340"/>
     <w:rsid w:val="00FF154F"/>
     <w:rsid w:val="00FF3BE6"/>
     <w:rsid w:val="00FF511E"/>
     <w:rsid w:val="0267E8E8"/>
     <w:rsid w:val="0275726D"/>
     <w:rsid w:val="05AD132F"/>
     <w:rsid w:val="0DEA1F87"/>
     <w:rsid w:val="12EFE176"/>
@@ -7196,81 +7059,66 @@
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="24929bf3-b300-455c-8c91-64d18670ddfe"/>
     <ds:schemaRef ds:uri="dd4a8d54-c598-4368-a490-fd3bd0b40fec"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{33F67791-9B84-4913-9AFB-55D6DDB45DD1}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>normal</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>364</Words>
-  <Characters>2145</Characters>
+  <Words>365</Words>
+  <Characters>2151</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>17</Lines>
   <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company>Naktuinbouw, Roelofarendsveen, NL</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2504</CharactersWithSpaces>
+  <CharactersWithSpaces>2511</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>Submission form Variety Identification based on SNP markers with the GT-Seq method</dc:title>
+  <dc:title>Verzamelen en inzenden van monsters</dc:title>
   <dc:subject/>
   <dc:creator>Deinum, D. (Daniël)</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="GrammarlyDocumentId">
     <vt:lpwstr>c21925ab052008c9f989d28e3f6f6983b8dbcbc5b3b72a452d799fa5c09ca796</vt:lpwstr>
   </property>
 </Properties>
 </file>