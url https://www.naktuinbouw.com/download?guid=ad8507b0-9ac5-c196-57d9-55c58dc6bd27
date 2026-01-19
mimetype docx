--- v0 (2025-10-14)
+++ v1 (2026-01-19)
@@ -85,61 +85,61 @@
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="5EDCDE65">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Submission</w:t>
             </w:r>
             <w:r w:rsidR="007573AC" w:rsidRPr="5EDCDE65">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> form Variety Identification based on SNP markers with the GT-</w:t>
+              <w:t xml:space="preserve"> form Variety Identification based on SNP markers with the </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="007573AC" w:rsidRPr="5EDCDE65">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Seq</w:t>
+              <w:t>GT-Seq</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="007573AC" w:rsidRPr="5EDCDE65">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> method</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2638" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="00BB030E" w14:textId="77777777" w:rsidR="00E8741B" w:rsidRPr="00F856D3" w:rsidRDefault="002D28E8" w:rsidP="003378C0">
@@ -2463,73 +2463,101 @@
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Signature</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="7CDF700B" w14:textId="77777777" w:rsidR="007573AC" w:rsidRPr="00F856D3" w:rsidRDefault="007573AC" w:rsidP="05AD132F">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="05AD132F">
         <w:rPr>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
         <w:t xml:space="preserve">* Strike out in case of irrelevance  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1744A739" w14:textId="02E5A791" w:rsidR="006E429F" w:rsidRPr="00F856D3" w:rsidRDefault="007573AC" w:rsidP="05AD132F">
+    <w:p w14:paraId="1744A739" w14:textId="79650D91" w:rsidR="006E429F" w:rsidRPr="00F856D3" w:rsidRDefault="007573AC" w:rsidP="05AD132F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="05AD132F">
         <w:rPr>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
         <w:t>** Excluding one-time €</w:t>
       </w:r>
       <w:r w:rsidR="001132BF">
         <w:rPr>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
-        <w:t>40,40</w:t>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="008975ED">
+        <w:rPr>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="001132BF">
+        <w:rPr>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="008975ED">
+        <w:rPr>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="001132BF">
+        <w:rPr>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+        <w:t>0</w:t>
       </w:r>
       <w:r w:rsidRPr="05AD132F">
         <w:rPr>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
         <w:t xml:space="preserve"> administration costs.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="07609152" w14:textId="7851E171" w:rsidR="006E429F" w:rsidRPr="00F856D3" w:rsidRDefault="006E429F" w:rsidP="05AD132F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:sectPr w:rsidR="006E429F" w:rsidRPr="00F856D3" w:rsidSect="00E8741B">
           <w:footerReference w:type="default" r:id="rId11"/>
           <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
           <w:pgMar w:top="86" w:right="1134" w:bottom="540" w:left="1134" w:header="354" w:footer="306" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
@@ -3316,110 +3344,110 @@
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="7A6044FB" w14:textId="37D6D0E9" w:rsidR="00544B1C" w:rsidRPr="00421281" w:rsidRDefault="05AD132F" w:rsidP="00D103CE">
+  <w:p w14:paraId="7A6044FB" w14:textId="56CBAB20" w:rsidR="00544B1C" w:rsidRPr="00421281" w:rsidRDefault="05AD132F" w:rsidP="00D103CE">
     <w:pPr>
       <w:pStyle w:val="Voettekst"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="9072"/>
         <w:tab w:val="right" w:pos="9720"/>
       </w:tabs>
       <w:rPr>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="05AD132F">
       <w:rPr>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
       <w:t xml:space="preserve">Version </w:t>
     </w:r>
     <w:r w:rsidR="00AA2A70">
       <w:rPr>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
       <w:t>January</w:t>
     </w:r>
     <w:r w:rsidRPr="05AD132F">
       <w:rPr>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
       <w:t xml:space="preserve"> 202</w:t>
     </w:r>
-    <w:r w:rsidR="001132BF">
+    <w:r w:rsidR="008975ED">
       <w:rPr>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
-      <w:t>5</w:t>
+      <w:t>6</w:t>
     </w:r>
     <w:r w:rsidR="004E3FD4">
       <w:tab/>
     </w:r>
     <w:r w:rsidR="004E3FD4">
       <w:tab/>
     </w:r>
     <w:r w:rsidRPr="05AD132F">
       <w:rPr>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
       <w:t>Pag</w:t>
     </w:r>
     <w:r w:rsidR="001132BF">
       <w:rPr>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
       <w:t>e</w:t>
     </w:r>
     <w:r w:rsidRPr="05AD132F">
       <w:rPr>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
@@ -5212,51 +5240,51 @@
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="1799562423">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="1776094235">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1947613884">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="701780858">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="639459328">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="1974748601">
     <w:abstractNumId w:val="4"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="150"/>
   <w:proofState w:spelling="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="709"/>
   <w:hyphenationZone w:val="425"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="16385"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
@@ -5272,81 +5300,81 @@
     <w:rsid w:val="00080CAF"/>
     <w:rsid w:val="00084B97"/>
     <w:rsid w:val="000B1D05"/>
     <w:rsid w:val="000C5F1C"/>
     <w:rsid w:val="000D06E3"/>
     <w:rsid w:val="000E0D5B"/>
     <w:rsid w:val="000E211F"/>
     <w:rsid w:val="000E44F8"/>
     <w:rsid w:val="000F2F2F"/>
     <w:rsid w:val="001132BF"/>
     <w:rsid w:val="00133240"/>
     <w:rsid w:val="00164AFC"/>
     <w:rsid w:val="00167AC2"/>
     <w:rsid w:val="00175512"/>
     <w:rsid w:val="00181B8E"/>
     <w:rsid w:val="00191F8E"/>
     <w:rsid w:val="001E364E"/>
     <w:rsid w:val="001F720F"/>
     <w:rsid w:val="002355A6"/>
     <w:rsid w:val="002718E8"/>
     <w:rsid w:val="00287F2B"/>
     <w:rsid w:val="00292DFF"/>
     <w:rsid w:val="00293F38"/>
     <w:rsid w:val="002B6A92"/>
     <w:rsid w:val="002B6E57"/>
+    <w:rsid w:val="002C7781"/>
     <w:rsid w:val="002D28E8"/>
     <w:rsid w:val="002F7071"/>
     <w:rsid w:val="00300320"/>
     <w:rsid w:val="00300647"/>
     <w:rsid w:val="00305E0A"/>
     <w:rsid w:val="0030701A"/>
     <w:rsid w:val="00312390"/>
     <w:rsid w:val="003378C0"/>
     <w:rsid w:val="00344D40"/>
     <w:rsid w:val="003704B6"/>
     <w:rsid w:val="00372F60"/>
     <w:rsid w:val="003745CF"/>
     <w:rsid w:val="00385D59"/>
     <w:rsid w:val="003953F8"/>
     <w:rsid w:val="003960CA"/>
     <w:rsid w:val="003B277C"/>
     <w:rsid w:val="003C770F"/>
     <w:rsid w:val="003E0209"/>
     <w:rsid w:val="003E5EFC"/>
     <w:rsid w:val="003E7715"/>
     <w:rsid w:val="003F1522"/>
     <w:rsid w:val="004135BD"/>
     <w:rsid w:val="00413EBC"/>
     <w:rsid w:val="00421281"/>
     <w:rsid w:val="004322E2"/>
     <w:rsid w:val="004423F8"/>
     <w:rsid w:val="00444D71"/>
     <w:rsid w:val="00462DF8"/>
     <w:rsid w:val="0047295A"/>
     <w:rsid w:val="00485ABB"/>
-    <w:rsid w:val="00495FE8"/>
     <w:rsid w:val="004A5ADF"/>
     <w:rsid w:val="004A7225"/>
     <w:rsid w:val="004B2249"/>
     <w:rsid w:val="004B3188"/>
     <w:rsid w:val="004B6887"/>
     <w:rsid w:val="004D4161"/>
     <w:rsid w:val="004D4B54"/>
     <w:rsid w:val="004E3FD4"/>
     <w:rsid w:val="004F0C84"/>
     <w:rsid w:val="00543E9A"/>
     <w:rsid w:val="00544B1C"/>
     <w:rsid w:val="00551DA5"/>
     <w:rsid w:val="0055317E"/>
     <w:rsid w:val="00573866"/>
     <w:rsid w:val="00576DC1"/>
     <w:rsid w:val="00580D27"/>
     <w:rsid w:val="00581422"/>
     <w:rsid w:val="00586F85"/>
     <w:rsid w:val="00596FDF"/>
     <w:rsid w:val="005A5658"/>
     <w:rsid w:val="005C718E"/>
     <w:rsid w:val="005E0B0B"/>
     <w:rsid w:val="0062112A"/>
     <w:rsid w:val="006224B5"/>
     <w:rsid w:val="006255C3"/>
@@ -5354,138 +5382,137 @@
     <w:rsid w:val="00637C24"/>
     <w:rsid w:val="00650C26"/>
     <w:rsid w:val="006538B0"/>
     <w:rsid w:val="006662B0"/>
     <w:rsid w:val="006717D1"/>
     <w:rsid w:val="006752F2"/>
     <w:rsid w:val="006763E3"/>
     <w:rsid w:val="006C4E3D"/>
     <w:rsid w:val="006D78E8"/>
     <w:rsid w:val="006E429F"/>
     <w:rsid w:val="007051AA"/>
     <w:rsid w:val="0071668E"/>
     <w:rsid w:val="007573AC"/>
     <w:rsid w:val="00776F8F"/>
     <w:rsid w:val="007852E2"/>
     <w:rsid w:val="007952B3"/>
     <w:rsid w:val="008109BC"/>
     <w:rsid w:val="00813453"/>
     <w:rsid w:val="0081559E"/>
     <w:rsid w:val="00834D1A"/>
     <w:rsid w:val="00841F5B"/>
     <w:rsid w:val="00856910"/>
     <w:rsid w:val="00867816"/>
     <w:rsid w:val="00870C57"/>
     <w:rsid w:val="00894CAC"/>
+    <w:rsid w:val="008975ED"/>
     <w:rsid w:val="008C0CDF"/>
     <w:rsid w:val="008D042A"/>
     <w:rsid w:val="008D0873"/>
     <w:rsid w:val="00910027"/>
     <w:rsid w:val="00912CE5"/>
     <w:rsid w:val="00927906"/>
     <w:rsid w:val="00941572"/>
     <w:rsid w:val="00942516"/>
     <w:rsid w:val="00950E4D"/>
     <w:rsid w:val="0096297D"/>
     <w:rsid w:val="00965516"/>
     <w:rsid w:val="009752DE"/>
     <w:rsid w:val="00986931"/>
     <w:rsid w:val="00991D92"/>
     <w:rsid w:val="009A0038"/>
     <w:rsid w:val="009B5189"/>
     <w:rsid w:val="009C74F2"/>
     <w:rsid w:val="009D19CF"/>
     <w:rsid w:val="009D6020"/>
     <w:rsid w:val="00A61D1C"/>
     <w:rsid w:val="00A620F8"/>
     <w:rsid w:val="00A763B5"/>
     <w:rsid w:val="00A907E4"/>
     <w:rsid w:val="00A932E7"/>
     <w:rsid w:val="00A95F92"/>
     <w:rsid w:val="00AA12E3"/>
     <w:rsid w:val="00AA2A70"/>
     <w:rsid w:val="00AC6947"/>
     <w:rsid w:val="00AC7A05"/>
     <w:rsid w:val="00AD0DC0"/>
     <w:rsid w:val="00AE5C2E"/>
     <w:rsid w:val="00AF4499"/>
     <w:rsid w:val="00AF7773"/>
     <w:rsid w:val="00B02DFD"/>
     <w:rsid w:val="00B12E7E"/>
     <w:rsid w:val="00B15955"/>
     <w:rsid w:val="00B22BA4"/>
     <w:rsid w:val="00B27176"/>
     <w:rsid w:val="00B352C0"/>
     <w:rsid w:val="00B4225F"/>
     <w:rsid w:val="00B755FC"/>
     <w:rsid w:val="00B90DEE"/>
     <w:rsid w:val="00B943E0"/>
     <w:rsid w:val="00B97C7E"/>
     <w:rsid w:val="00BB7AAA"/>
     <w:rsid w:val="00BC3680"/>
     <w:rsid w:val="00BC5348"/>
     <w:rsid w:val="00BF35C7"/>
     <w:rsid w:val="00C02FCF"/>
-    <w:rsid w:val="00C035DD"/>
     <w:rsid w:val="00C432A8"/>
     <w:rsid w:val="00C5257B"/>
     <w:rsid w:val="00CC0CDC"/>
     <w:rsid w:val="00CC260F"/>
     <w:rsid w:val="00CF0A6A"/>
     <w:rsid w:val="00D103CE"/>
     <w:rsid w:val="00D339C0"/>
     <w:rsid w:val="00D34C14"/>
     <w:rsid w:val="00D36059"/>
     <w:rsid w:val="00D76EC6"/>
     <w:rsid w:val="00D945BA"/>
     <w:rsid w:val="00D9A20C"/>
     <w:rsid w:val="00DC0601"/>
     <w:rsid w:val="00DC0C95"/>
     <w:rsid w:val="00DD57A4"/>
     <w:rsid w:val="00DE40E6"/>
     <w:rsid w:val="00DF3C29"/>
     <w:rsid w:val="00DF440D"/>
     <w:rsid w:val="00E238C2"/>
     <w:rsid w:val="00E24CB2"/>
     <w:rsid w:val="00E31F9D"/>
     <w:rsid w:val="00E44DC2"/>
     <w:rsid w:val="00E66D3C"/>
     <w:rsid w:val="00E72EBB"/>
     <w:rsid w:val="00E814B5"/>
     <w:rsid w:val="00E8741B"/>
     <w:rsid w:val="00EA7BA0"/>
     <w:rsid w:val="00EB3B79"/>
     <w:rsid w:val="00ED0174"/>
     <w:rsid w:val="00ED052D"/>
     <w:rsid w:val="00ED347C"/>
     <w:rsid w:val="00EF4EDC"/>
     <w:rsid w:val="00F10939"/>
     <w:rsid w:val="00F22C3E"/>
     <w:rsid w:val="00F278D2"/>
     <w:rsid w:val="00F5119D"/>
     <w:rsid w:val="00F7771C"/>
-    <w:rsid w:val="00F8499F"/>
     <w:rsid w:val="00F856D3"/>
     <w:rsid w:val="00F95EB7"/>
     <w:rsid w:val="00F96FB9"/>
     <w:rsid w:val="00FE4E4B"/>
     <w:rsid w:val="00FE5340"/>
     <w:rsid w:val="00FF154F"/>
     <w:rsid w:val="00FF3BE6"/>
     <w:rsid w:val="00FF511E"/>
     <w:rsid w:val="0267E8E8"/>
     <w:rsid w:val="0275726D"/>
     <w:rsid w:val="05AD132F"/>
     <w:rsid w:val="0DEA1F87"/>
     <w:rsid w:val="12EFE176"/>
     <w:rsid w:val="20E7E6A8"/>
     <w:rsid w:val="2F5E70F5"/>
     <w:rsid w:val="4626F4A8"/>
     <w:rsid w:val="492C8715"/>
     <w:rsid w:val="4B673E8F"/>
     <w:rsid w:val="500BFE5C"/>
     <w:rsid w:val="5540D17C"/>
     <w:rsid w:val="55EE629E"/>
     <w:rsid w:val="5EDCDE65"/>
     <w:rsid w:val="6988A2C6"/>
     <w:rsid w:val="6B157288"/>
     <w:rsid w:val="6E035626"/>
@@ -7114,81 +7141,66 @@
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="24929bf3-b300-455c-8c91-64d18670ddfe"/>
     <ds:schemaRef ds:uri="dd4a8d54-c598-4368-a490-fd3bd0b40fec"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{78CDAD00-D546-47F5-BD81-1E2BB55FD6D4}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>normal</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>359</Words>
-  <Characters>2115</Characters>
+  <Words>380</Words>
+  <Characters>2094</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>17</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company>Naktuinbouw, Roelofarendsveen, NL</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>2470</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>Submission form Variety Identification based on SNP markers with the GT-Seq method</dc:title>
+  <dc:title>Verzamelen en inzenden van monsters</dc:title>
   <dc:subject/>
   <dc:creator>Deinum, D. (Daniël)</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="GrammarlyDocumentId">
     <vt:lpwstr>c21925ab052008c9f989d28e3f6f6983b8dbcbc5b3b72a452d799fa5c09ca796</vt:lpwstr>
   </property>
 </Properties>
 </file>