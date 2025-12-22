--- v0 (2025-11-04)
+++ v1 (2025-12-22)
@@ -1,144 +1,188 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
-  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="5DE3AD19" w14:textId="77777777" w:rsidR="00E44DC2" w:rsidRPr="003378C0" w:rsidRDefault="00E44DC2">
       <w:pPr>
         <w:pStyle w:val="Kop1"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="9961" w:type="dxa"/>
-        <w:tblInd w:w="-110" w:type="dxa"/>
+        <w:tblW w:w="10348" w:type="dxa"/>
+        <w:tblInd w:w="-157" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2153"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="152"/>
+        <w:gridCol w:w="2466"/>
+        <w:gridCol w:w="2921"/>
+        <w:gridCol w:w="64"/>
         <w:gridCol w:w="1181"/>
-        <w:gridCol w:w="89"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="1559"/>
+        <w:gridCol w:w="598"/>
+        <w:gridCol w:w="6"/>
+        <w:gridCol w:w="625"/>
+        <w:gridCol w:w="1007"/>
+        <w:gridCol w:w="1480"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E8741B" w:rsidRPr="004B2249" w14:paraId="2D0B288D" w14:textId="77777777" w:rsidTr="008B33F8">
+      <w:tr w:rsidR="00E8741B" w:rsidRPr="004B2249" w14:paraId="2D0B288D" w14:textId="77777777" w:rsidTr="00932701">
         <w:trPr>
           <w:trHeight w:val="463"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7380" w:type="dxa"/>
-[...9 lines deleted...]
-          <w:p w14:paraId="027473B9" w14:textId="21D804DA" w:rsidR="00E8741B" w:rsidRPr="007952B3" w:rsidRDefault="00E8741B" w:rsidP="000E6838">
+            <w:tcW w:w="7861" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="027473B9" w14:textId="6D208344" w:rsidR="00E8741B" w:rsidRPr="007952B3" w:rsidRDefault="00E8741B" w:rsidP="000E6838">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B2249">
               <w:rPr>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:br w:type="page"/>
             </w:r>
-            <w:r w:rsidR="00427DD7" w:rsidRPr="00427DD7">
+            <w:r w:rsidR="00660E25">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t>Diagnostics Assignment for testing</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2581" w:type="dxa"/>
+              <w:t>Diagnostics</w:t>
+            </w:r>
+            <w:r w:rsidR="00660E25">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:vertAlign w:val="superscript"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00660E25">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sample </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00D7155F">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>O</w:t>
+            </w:r>
+            <w:r w:rsidR="000E6838">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>rder</w:t>
+            </w:r>
+            <w:r w:rsidR="00660E25">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>form</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="004E62AF">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2487" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="4888394D" w14:textId="77777777" w:rsidR="00E8741B" w:rsidRPr="004B2249" w:rsidRDefault="00EB7F02" w:rsidP="003378C0">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00486789">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="19AA919F" wp14:editId="3FA13117">
                   <wp:extent cx="1295400" cy="485775"/>
                   <wp:effectExtent l="0" t="0" r="0" b="9525"/>
                   <wp:docPr id="1" name="Afbeelding 1" descr="naktuinbouw_logo"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Afbeelding 1" descr="naktuinbouw_logo"/>
                           <pic:cNvPicPr>
@@ -158,1428 +202,1585 @@
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1295400" cy="485775"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E8741B" w:rsidRPr="004B2249" w14:paraId="0941FEAE" w14:textId="77777777" w:rsidTr="008B33F8">
+      <w:tr w:rsidR="00E8741B" w:rsidRPr="004B2249" w14:paraId="0941FEAE" w14:textId="77777777" w:rsidTr="00932701">
         <w:trPr>
-          <w:trHeight w:val="375"/>
+          <w:trHeight w:val="226"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7380" w:type="dxa"/>
-[...9 lines deleted...]
-          <w:p w14:paraId="201F7115" w14:textId="77777777" w:rsidR="00E8741B" w:rsidRPr="00660E25" w:rsidRDefault="00660E25" w:rsidP="00724D76">
+            <w:tcW w:w="7861" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3899E6A6" w14:textId="77777777" w:rsidR="00783461" w:rsidRPr="004E62AF" w:rsidRDefault="00783461" w:rsidP="004E62AF">
+            <w:pPr>
+              <w:pStyle w:val="Kop3"/>
+              <w:rPr>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E62AF">
+              <w:rPr>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Business name</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="201F7115" w14:textId="0FCB1FAB" w:rsidR="00E8741B" w:rsidRPr="00660E25" w:rsidRDefault="00E8741B" w:rsidP="00724D76">
             <w:pPr>
               <w:pStyle w:val="Kop1"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...23 lines deleted...]
-            <w:tcW w:w="2581" w:type="dxa"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2487" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="7141ED85" w14:textId="77777777" w:rsidR="00E8741B" w:rsidRPr="004B2249" w:rsidRDefault="00E8741B" w:rsidP="00991D92">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007952B3" w:rsidRPr="004B2249" w14:paraId="720FBB29" w14:textId="77777777" w:rsidTr="008B33F8">
+      <w:tr w:rsidR="00783461" w:rsidRPr="004B2249" w14:paraId="720FBB29" w14:textId="3DDB9BEE" w:rsidTr="003E016B">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="369"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2153" w:type="dxa"/>
-[...38 lines deleted...]
-          <w:p w14:paraId="3B02B613" w14:textId="77777777" w:rsidR="00444D71" w:rsidRPr="00724D76" w:rsidRDefault="00444D71" w:rsidP="00576DC1">
+            <w:tcW w:w="2466" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B02B613" w14:textId="54B6C566" w:rsidR="00783461" w:rsidRPr="00724D76" w:rsidRDefault="00783461" w:rsidP="00783461">
             <w:pPr>
               <w:pStyle w:val="Kop1"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00724D76">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
-                <w:sz w:val="18"/>
-[...3 lines deleted...]
-            </w:r>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Street</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2921" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D7CA28D" w14:textId="77777777" w:rsidR="00783461" w:rsidRPr="00724D76" w:rsidRDefault="00783461" w:rsidP="00783461">
+            <w:pPr>
+              <w:pStyle w:val="Kop1"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="319C01F3" w14:textId="03C379E1" w:rsidR="00783461" w:rsidRPr="00724D76" w:rsidRDefault="00783461" w:rsidP="00783461">
+            <w:pPr>
+              <w:pStyle w:val="Kop1"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00724D76">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>P.O. box</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2CF9D7F2" w14:textId="77777777" w:rsidR="00783461" w:rsidRPr="00724D76" w:rsidRDefault="00783461" w:rsidP="00783461">
+            <w:pPr>
+              <w:pStyle w:val="Kop1"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E8741B" w:rsidRPr="004B2249" w14:paraId="4602D7FF" w14:textId="77777777" w:rsidTr="008B33F8">
+      <w:tr w:rsidR="00783461" w:rsidRPr="004B2249" w14:paraId="4602D7FF" w14:textId="77777777" w:rsidTr="003E016B">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="369"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2153" w:type="dxa"/>
-[...8 lines deleted...]
-          <w:p w14:paraId="608BFFF1" w14:textId="77777777" w:rsidR="00B02DFD" w:rsidRPr="00724D76" w:rsidRDefault="00B02DFD" w:rsidP="00660E25">
+            <w:tcW w:w="2466" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="608BFFF1" w14:textId="02BFB40C" w:rsidR="00783461" w:rsidRPr="00724D76" w:rsidRDefault="00783461" w:rsidP="00783461">
             <w:pPr>
               <w:pStyle w:val="Kop3"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00724D76">
               <w:rPr>
                 <w:b w:val="0"/>
-                <w:bCs w:val="0"/>
-[...4 lines deleted...]
-            <w:r w:rsidR="00660E25" w:rsidRPr="00724D76">
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Zip-code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2921" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="75E697B0" w14:textId="77777777" w:rsidR="00783461" w:rsidRPr="00724D76" w:rsidRDefault="00783461" w:rsidP="00783461">
+            <w:pPr>
+              <w:pStyle w:val="Kop3"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>eet</w:t>
-[...17 lines deleted...]
-              <w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A5644A8" w14:textId="7D2750C6" w:rsidR="00783461" w:rsidRPr="00724D76" w:rsidRDefault="00783461" w:rsidP="00783461">
+            <w:pPr>
+              <w:pStyle w:val="Kop1"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
-                <w:szCs w:val="18"/>
-[...20 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00724D76">
+              <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="00724D76">
+              <w:t>Zip-code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A94B57A" w14:textId="77777777" w:rsidR="00783461" w:rsidRPr="00A763B5" w:rsidRDefault="00783461" w:rsidP="00783461">
+            <w:pPr>
+              <w:pStyle w:val="Kop1"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>P.O. box</w:t>
-[...24 lines deleted...]
-              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E8741B" w:rsidRPr="004B2249" w14:paraId="78336CE6" w14:textId="77777777" w:rsidTr="008B33F8">
+      <w:tr w:rsidR="00783461" w:rsidRPr="004B2249" w14:paraId="78336CE6" w14:textId="77777777" w:rsidTr="003E016B">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="369"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2153" w:type="dxa"/>
-[...8 lines deleted...]
-          <w:p w14:paraId="762520D5" w14:textId="77777777" w:rsidR="00B02DFD" w:rsidRPr="00724D76" w:rsidRDefault="00660E25" w:rsidP="00660E25">
+            <w:tcW w:w="2466" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="762520D5" w14:textId="0F6AE99C" w:rsidR="00783461" w:rsidRPr="00724D76" w:rsidRDefault="00783461" w:rsidP="00783461">
             <w:pPr>
               <w:pStyle w:val="Kop3"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00724D76">
               <w:rPr>
                 <w:b w:val="0"/>
-                <w:szCs w:val="18"/>
-[...17 lines deleted...]
-          <w:p w14:paraId="09698B5C" w14:textId="77777777" w:rsidR="00B02DFD" w:rsidRPr="00724D76" w:rsidRDefault="00B02DFD" w:rsidP="00576DC1">
+                <w:bCs w:val="0"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>City</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2921" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="09698B5C" w14:textId="77777777" w:rsidR="00783461" w:rsidRPr="00724D76" w:rsidRDefault="00783461" w:rsidP="00783461">
             <w:pPr>
               <w:pStyle w:val="Kop3"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1431" w:type="dxa"/>
-[...9 lines deleted...]
-          <w:p w14:paraId="31140531" w14:textId="77777777" w:rsidR="00B02DFD" w:rsidRPr="00724D76" w:rsidRDefault="00660E25" w:rsidP="00576DC1">
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="31140531" w14:textId="6852CA4B" w:rsidR="00783461" w:rsidRPr="00724D76" w:rsidRDefault="00783461" w:rsidP="00783461">
             <w:pPr>
               <w:pStyle w:val="Kop1"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00724D76">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Zip-code</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="3549" w:type="dxa"/>
+              <w:t>City</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
-              <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
-[...3 lines deleted...]
-          <w:p w14:paraId="6817E830" w14:textId="77777777" w:rsidR="00B02DFD" w:rsidRPr="00A763B5" w:rsidRDefault="00B02DFD" w:rsidP="00576DC1">
+              <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6817E830" w14:textId="77777777" w:rsidR="00783461" w:rsidRPr="00A763B5" w:rsidRDefault="00783461" w:rsidP="00783461">
             <w:pPr>
               <w:pStyle w:val="Kop1"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E8741B" w:rsidRPr="004B2249" w14:paraId="2FED537B" w14:textId="77777777" w:rsidTr="008B33F8">
+      <w:tr w:rsidR="00783461" w:rsidRPr="004B2249" w14:paraId="2FED537B" w14:textId="77777777" w:rsidTr="003E016B">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="369"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2153" w:type="dxa"/>
-[...8 lines deleted...]
-          <w:p w14:paraId="67E5B03C" w14:textId="77777777" w:rsidR="00B02DFD" w:rsidRPr="00724D76" w:rsidRDefault="00660E25" w:rsidP="00576DC1">
+            <w:tcW w:w="2466" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="67E5B03C" w14:textId="1390B076" w:rsidR="00783461" w:rsidRPr="00724D76" w:rsidRDefault="00783461" w:rsidP="00783461">
             <w:pPr>
               <w:pStyle w:val="Kop3"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00724D76">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>City</w:t>
-[...14 lines deleted...]
-          <w:p w14:paraId="71A6D139" w14:textId="77777777" w:rsidR="00B02DFD" w:rsidRPr="00724D76" w:rsidRDefault="00B02DFD" w:rsidP="00576DC1">
+              <w:t>Phone</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2921" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="71A6D139" w14:textId="77777777" w:rsidR="00783461" w:rsidRPr="00724D76" w:rsidRDefault="00783461" w:rsidP="00783461">
             <w:pPr>
               <w:pStyle w:val="Kop3"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1431" w:type="dxa"/>
-[...9 lines deleted...]
-          <w:p w14:paraId="27B57956" w14:textId="77777777" w:rsidR="00B02DFD" w:rsidRPr="00724D76" w:rsidRDefault="00660E25" w:rsidP="00576DC1">
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="27B57956" w14:textId="4B277D95" w:rsidR="00783461" w:rsidRPr="00724D76" w:rsidRDefault="00783461" w:rsidP="00783461">
             <w:pPr>
               <w:pStyle w:val="Kop1"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00724D76">
               <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>City</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="3549" w:type="dxa"/>
+              <w:t>Website</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
-              <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
-[...3 lines deleted...]
-          <w:p w14:paraId="77FC9502" w14:textId="77777777" w:rsidR="00B02DFD" w:rsidRPr="00A763B5" w:rsidRDefault="00B02DFD" w:rsidP="00576DC1">
+              <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="77FC9502" w14:textId="77777777" w:rsidR="00783461" w:rsidRPr="00A763B5" w:rsidRDefault="00783461" w:rsidP="00783461">
             <w:pPr>
               <w:pStyle w:val="Kop1"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E8741B" w:rsidRPr="004B2249" w14:paraId="76E8EF1A" w14:textId="77777777" w:rsidTr="008B33F8">
+      <w:tr w:rsidR="00783461" w:rsidRPr="004B2249" w14:paraId="76E8EF1A" w14:textId="77777777" w:rsidTr="003E016B">
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="532"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2466" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3EA862EF" w14:textId="30CE5E7C" w:rsidR="00783461" w:rsidRPr="00724D76" w:rsidRDefault="00783461" w:rsidP="00783461">
+            <w:pPr>
+              <w:pStyle w:val="Kop3"/>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00724D76">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>E-mail</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2921" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5CE84F14" w14:textId="77777777" w:rsidR="00783461" w:rsidRPr="00724D76" w:rsidRDefault="00783461" w:rsidP="00783461">
+            <w:pPr>
+              <w:pStyle w:val="Kop3"/>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="572E8D74" w14:textId="48BEE4C2" w:rsidR="00783461" w:rsidRPr="00724D76" w:rsidRDefault="00783461" w:rsidP="00783461">
+            <w:pPr>
+              <w:pStyle w:val="Kop1"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00724D76">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Client number </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00724D76">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Naktuinbouw</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2FF57727" w14:textId="77777777" w:rsidR="00783461" w:rsidRPr="00A763B5" w:rsidRDefault="00783461" w:rsidP="00783461">
+            <w:pPr>
+              <w:pStyle w:val="Kop1"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E8741B" w:rsidRPr="004B2249" w14:paraId="0C30C9B8" w14:textId="77777777" w:rsidTr="003E016B">
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="472"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2466" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6129B3C7" w14:textId="2DC4616F" w:rsidR="00B02DFD" w:rsidRPr="00724D76" w:rsidRDefault="00783461" w:rsidP="00576DC1">
+            <w:pPr>
+              <w:pStyle w:val="Kop3"/>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">VAT </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>number</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>****</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2921" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="17E2B289" w14:textId="77777777" w:rsidR="00B02DFD" w:rsidRPr="00724D76" w:rsidRDefault="00B02DFD" w:rsidP="00576DC1">
+            <w:pPr>
+              <w:pStyle w:val="Kop3"/>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6EE7F20E" w14:textId="3DA6BD73" w:rsidR="00B02DFD" w:rsidRPr="00724D76" w:rsidRDefault="00783461" w:rsidP="00576DC1">
+            <w:pPr>
+              <w:pStyle w:val="Kop1"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>IBAN Nr.****</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="533DFD71" w14:textId="77777777" w:rsidR="00B02DFD" w:rsidRPr="00A763B5" w:rsidRDefault="00B02DFD" w:rsidP="00576DC1">
+            <w:pPr>
+              <w:pStyle w:val="Kop1"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007952B3" w:rsidRPr="004B2249" w14:paraId="05D27589" w14:textId="77777777" w:rsidTr="00932701">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="369"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2153" w:type="dxa"/>
-[...8 lines deleted...]
-          <w:p w14:paraId="3EA862EF" w14:textId="77777777" w:rsidR="00B02DFD" w:rsidRPr="00724D76" w:rsidRDefault="00660E25" w:rsidP="00576DC1">
+            <w:tcW w:w="2466" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="46B76060" w14:textId="77777777" w:rsidR="003C770F" w:rsidRPr="00724D76" w:rsidRDefault="00660E25" w:rsidP="003378C0">
             <w:pPr>
               <w:pStyle w:val="Kop3"/>
               <w:rPr>
+                <w:bCs w:val="0"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00724D76">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Person to be contacted</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7882" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="03F91620" w14:textId="77777777" w:rsidR="003C770F" w:rsidRPr="00724D76" w:rsidRDefault="00724D76" w:rsidP="00576DC1">
+            <w:pPr>
+              <w:pStyle w:val="Kop1"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
+                <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00724D76">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
-                <w:szCs w:val="18"/>
-[...18 lines deleted...]
-              <w:pStyle w:val="Kop3"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Mr</w:t>
+            </w:r>
+            <w:r w:rsidR="003C770F" w:rsidRPr="00724D76">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
-                <w:szCs w:val="18"/>
-[...20 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">* </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00724D76">
+              <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-            </w:pPr>
+              <w:t xml:space="preserve">/ </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00724D76">
               <w:rPr>
-                <w:rFonts w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Website</w:t>
-[...19 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+              <w:t>Mrs</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="003C770F" w:rsidRPr="00724D76">
+              <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-            </w:pPr>
+              <w:t>*</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E8741B" w:rsidRPr="004B2249" w14:paraId="0C30C9B8" w14:textId="77777777" w:rsidTr="008B33F8">
-[...117 lines deleted...]
-      <w:tr w:rsidR="007952B3" w:rsidRPr="004B2249" w14:paraId="05D27589" w14:textId="77777777" w:rsidTr="008B33F8">
+      <w:tr w:rsidR="00E8741B" w:rsidRPr="004B2249" w14:paraId="666C78AC" w14:textId="77777777" w:rsidTr="003E016B">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="369"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2153" w:type="dxa"/>
-[...8 lines deleted...]
-          <w:p w14:paraId="46B76060" w14:textId="77777777" w:rsidR="003C770F" w:rsidRPr="00724D76" w:rsidRDefault="00660E25" w:rsidP="003378C0">
+            <w:tcW w:w="2466" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="75F3CD2D" w14:textId="77777777" w:rsidR="00B02DFD" w:rsidRPr="00724D76" w:rsidRDefault="00D47CC5" w:rsidP="00576DC1">
             <w:pPr>
               <w:pStyle w:val="Kop3"/>
               <w:rPr>
-                <w:bCs w:val="0"/>
-[...28 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00724D76">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
-                <w:sz w:val="18"/>
-[...4 lines deleted...]
-            <w:r w:rsidR="003C770F" w:rsidRPr="00724D76">
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Phone</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2921" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="25133155" w14:textId="77777777" w:rsidR="00B02DFD" w:rsidRPr="00724D76" w:rsidRDefault="00B02DFD" w:rsidP="00576DC1">
+            <w:pPr>
+              <w:pStyle w:val="Kop3"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
-                <w:sz w:val="18"/>
-[...5 lines deleted...]
-              <w:rPr>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C5858A0" w14:textId="77777777" w:rsidR="00B02DFD" w:rsidRPr="00724D76" w:rsidRDefault="00B02DFD" w:rsidP="00576DC1">
+            <w:pPr>
+              <w:pStyle w:val="Kop1"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00724D76">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-              </w:rPr>
-[...3 lines deleted...]
-            <w:r w:rsidR="003C770F" w:rsidRPr="00724D76">
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>E-mail </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00FF511E" w:rsidRPr="000E6838">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-              </w:rPr>
-[...22 lines deleted...]
-              <w:pStyle w:val="Kop3"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>adres</w:t>
+            </w:r>
+            <w:r w:rsidR="00D47CC5" w:rsidRPr="000E6838">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
-                <w:szCs w:val="18"/>
-[...4 lines deleted...]
-              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>s</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="144CEEA9" w14:textId="77777777" w:rsidR="00B02DFD" w:rsidRPr="00A763B5" w:rsidRDefault="00B02DFD" w:rsidP="00576DC1">
+            <w:pPr>
+              <w:pStyle w:val="Kop1"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
-                <w:szCs w:val="18"/>
-[...21 lines deleted...]
-                <w:bCs w:val="0"/>
+                <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
-        <w:tc>
-[...82 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E8741B" w:rsidRPr="000E6838" w14:paraId="7931615F" w14:textId="77777777" w:rsidTr="008B33F8">
+      <w:tr w:rsidR="00E8741B" w:rsidRPr="000E6838" w14:paraId="7931615F" w14:textId="77777777" w:rsidTr="003E016B">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="488"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2153" w:type="dxa"/>
-[...3 lines deleted...]
-              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+            <w:tcW w:w="2466" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6A5E4FEC" w14:textId="77777777" w:rsidR="00D47CC5" w:rsidRPr="00724D76" w:rsidRDefault="00D47CC5" w:rsidP="00D47CC5">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="F5F5F5"/>
               <w:textAlignment w:val="top"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="888888"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00724D76">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Mobile </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00724D76">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>phone</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
           <w:p w14:paraId="3F2D1116" w14:textId="77777777" w:rsidR="00E8741B" w:rsidRPr="00724D76" w:rsidRDefault="00E8741B" w:rsidP="00576DC1">
             <w:pPr>
               <w:pStyle w:val="Kop3"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2828" w:type="dxa"/>
-[...3 lines deleted...]
-              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+            <w:tcW w:w="2921" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3EF5589A" w14:textId="77777777" w:rsidR="00E8741B" w:rsidRPr="00724D76" w:rsidRDefault="00E8741B" w:rsidP="00576DC1">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1431" w:type="dxa"/>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6554DD17" w14:textId="47FF7D1E" w:rsidR="00E8741B" w:rsidRPr="004E62AF" w:rsidRDefault="00724D76" w:rsidP="00724D76">
+            <w:pPr>
+              <w:pStyle w:val="Kop1"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E62AF">
+              <w:rPr>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Send results </w:t>
+            </w:r>
+            <w:r w:rsidR="00E8741B" w:rsidRPr="004E62AF">
+              <w:rPr>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">C.C. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E62AF">
+              <w:rPr>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">to </w:t>
+            </w:r>
+            <w:r w:rsidR="004E62AF" w:rsidRPr="004E62AF">
+              <w:rPr>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>one other</w:t>
+            </w:r>
+            <w:r w:rsidR="004E62AF">
+              <w:rPr>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="004E62AF" w:rsidRPr="004E62AF">
+              <w:rPr>
+                <w:bCs w:val="0"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>E</w:t>
+            </w:r>
+            <w:r w:rsidR="00FF511E" w:rsidRPr="004E62AF">
+              <w:rPr>
+                <w:bCs w:val="0"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>-mail</w:t>
+            </w:r>
+            <w:r w:rsidR="00FF511E" w:rsidRPr="004E62AF">
+              <w:rPr>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
-[...61 lines deleted...]
-              <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="03B2B0B2" w14:textId="77777777" w:rsidR="00E8741B" w:rsidRPr="00D47CC5" w:rsidRDefault="00E8741B" w:rsidP="00576DC1">
             <w:pPr>
               <w:pStyle w:val="Kop1"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A763B5" w:rsidRPr="000E6838" w14:paraId="77D62FFD" w14:textId="77777777" w:rsidTr="008B33F8">
+      <w:tr w:rsidR="00A763B5" w:rsidRPr="000E6838" w14:paraId="77D62FFD" w14:textId="77777777" w:rsidTr="00932701">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="142"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9961" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+            <w:tcW w:w="10348" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="76716901" w14:textId="77777777" w:rsidR="00A763B5" w:rsidRPr="00D47CC5" w:rsidRDefault="00A763B5">
             <w:pPr>
               <w:pStyle w:val="Kop1"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B02DFD" w:rsidRPr="004B2249" w14:paraId="40FFCA23" w14:textId="77777777" w:rsidTr="008B33F8">
+      <w:tr w:rsidR="00B02DFD" w:rsidRPr="004B2249" w14:paraId="40FFCA23" w14:textId="77777777" w:rsidTr="003E016B">
         <w:trPr>
           <w:trHeight w:val="367"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2153" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+            <w:tcW w:w="2466" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6EFBFB03" w14:textId="77777777" w:rsidR="00B02DFD" w:rsidRPr="00724D76" w:rsidRDefault="00D47CC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00724D76">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Crop</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="0047295A" w:rsidRPr="00724D76">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>***</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2828" w:type="dxa"/>
-[...1 lines deleted...]
-              <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+            <w:tcW w:w="2921" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="53D996E7" w14:textId="77777777" w:rsidR="00B02DFD" w:rsidRPr="00724D76" w:rsidRDefault="00B02DFD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1431" w:type="dxa"/>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D7EFCA6" w14:textId="77777777" w:rsidR="00B02DFD" w:rsidRPr="00001C1F" w:rsidRDefault="00D47CC5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00001C1F">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Species</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
-[...33 lines deleted...]
-              <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6BAF5940" w14:textId="77777777" w:rsidR="00B02DFD" w:rsidRPr="00724D76" w:rsidRDefault="00B02DFD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008C0CDF" w:rsidRPr="004B2249" w14:paraId="674266E3" w14:textId="77777777" w:rsidTr="008B33F8">
+      <w:tr w:rsidR="00D7155F" w:rsidRPr="004B2249" w14:paraId="674266E3" w14:textId="6F4F160E" w:rsidTr="003E016B">
         <w:trPr>
           <w:trHeight w:val="368"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2153" w:type="dxa"/>
-[...8 lines deleted...]
-          <w:p w14:paraId="2FFA6B1F" w14:textId="77777777" w:rsidR="008C0CDF" w:rsidRPr="00007FD6" w:rsidRDefault="00D47CC5" w:rsidP="00BC5348">
+            <w:tcW w:w="2466" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2FFA6B1F" w14:textId="77777777" w:rsidR="00D7155F" w:rsidRPr="00007FD6" w:rsidRDefault="00D7155F" w:rsidP="00BC5348">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00007FD6">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Number</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00007FD6">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> of samples</w:t>
             </w:r>
-            <w:r w:rsidR="00B02DFD" w:rsidRPr="00007FD6">
+            <w:r w:rsidRPr="00007FD6">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>**</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7808" w:type="dxa"/>
-[...9 lines deleted...]
-          <w:p w14:paraId="34EC45E6" w14:textId="77777777" w:rsidR="008C0CDF" w:rsidRPr="00007FD6" w:rsidRDefault="008C0CDF" w:rsidP="000E44F8">
+            <w:tcW w:w="2921" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="34EC45E6" w14:textId="77777777" w:rsidR="00D7155F" w:rsidRPr="00007FD6" w:rsidRDefault="00D7155F" w:rsidP="000E44F8">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1849" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B6A3F27" w14:textId="77777777" w:rsidR="00D7155F" w:rsidRDefault="00D7155F" w:rsidP="000E44F8">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="267029D1" w14:textId="77777777" w:rsidR="00907E1F" w:rsidRPr="00007FD6" w:rsidRDefault="00907E1F" w:rsidP="000E44F8">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3112" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="480E1B8F" w14:textId="77777777" w:rsidR="00D7155F" w:rsidRPr="00007FD6" w:rsidRDefault="00D7155F" w:rsidP="000E44F8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003C770F" w:rsidRPr="004B2249" w14:paraId="21F750CA" w14:textId="77777777" w:rsidTr="008B33F8">
+      <w:tr w:rsidR="003C770F" w:rsidRPr="004B2249" w14:paraId="21F750CA" w14:textId="77777777" w:rsidTr="003E016B">
         <w:trPr>
           <w:trHeight w:val="368"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2153" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+            <w:tcW w:w="2466" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7972069A" w14:textId="77777777" w:rsidR="003C770F" w:rsidRPr="00007FD6" w:rsidRDefault="00D47CC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00007FD6">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Sampled</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00007FD6">
               <w:rPr>
@@ -1600,216 +1801,249 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">/ </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00007FD6">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>description</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="003C770F" w:rsidRPr="00007FD6">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>**</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2837" w:type="dxa"/>
-[...5 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            <w:tcW w:w="2921" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2674309E" w14:textId="77777777" w:rsidR="003C770F" w:rsidRPr="00007FD6" w:rsidRDefault="003C770F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1435" w:type="dxa"/>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5279DBD0" w14:textId="6F20001C" w:rsidR="003C770F" w:rsidRPr="00007FD6" w:rsidRDefault="00D47CC5" w:rsidP="00D47CC5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00007FD6">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Re</w:t>
+            </w:r>
+            <w:r w:rsidR="00D7155F">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>f</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00007FD6">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>erence nr.</w:t>
+            </w:r>
+            <w:r w:rsidR="003E016B">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> / </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="003E016B">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>purchase</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="003E016B">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> order nr.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
-              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
-[...39 lines deleted...]
-              <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="27F2A02B" w14:textId="77777777" w:rsidR="003C770F" w:rsidRPr="00007FD6" w:rsidRDefault="003C770F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BC5348" w:rsidRPr="004B2249" w14:paraId="5018FCB8" w14:textId="77777777" w:rsidTr="008B33F8">
+      <w:tr w:rsidR="00BC5348" w:rsidRPr="004B2249" w14:paraId="5018FCB8" w14:textId="77777777" w:rsidTr="00932701">
         <w:trPr>
           <w:trHeight w:val="367"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2153" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+            <w:tcW w:w="2466" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="27E30D95" w14:textId="77777777" w:rsidR="00BC5348" w:rsidRPr="00001C1F" w:rsidRDefault="00D47CC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00001C1F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Country of </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00001C1F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>origin</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7808" w:type="dxa"/>
-[...5 lines deleted...]
-              <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+            <w:tcW w:w="7882" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4C8CC972" w14:textId="77777777" w:rsidR="00BC5348" w:rsidRPr="00007FD6" w:rsidRDefault="00BC5348">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DD57A4" w:rsidRPr="004B2249" w14:paraId="54540E8E" w14:textId="77777777" w:rsidTr="008B33F8">
+      <w:tr w:rsidR="00DD57A4" w:rsidRPr="004B2249" w14:paraId="54540E8E" w14:textId="77777777" w:rsidTr="00932701">
         <w:trPr>
           <w:trHeight w:val="368"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9961" w:type="dxa"/>
-[...5 lines deleted...]
-              <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+            <w:tcW w:w="10348" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="69A404AB" w14:textId="77777777" w:rsidR="00DD57A4" w:rsidRPr="00007FD6" w:rsidRDefault="00D47CC5" w:rsidP="00D47CC5">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00007FD6">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Propagation</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00007FD6">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -1871,91 +2105,91 @@
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00007FD6">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>material</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="00DD57A4" w:rsidRPr="00007FD6">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00007FD6" w:rsidRPr="00724D76" w14:paraId="666DA875" w14:textId="77777777" w:rsidTr="002F1945">
+      <w:tr w:rsidR="00007FD6" w:rsidRPr="00724D76" w14:paraId="666DA875" w14:textId="77777777" w:rsidTr="00932701">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="368"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2153" w:type="dxa"/>
+            <w:tcW w:w="2466" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
-              <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="37BF2FC8" w14:textId="77777777" w:rsidR="00007FD6" w:rsidRPr="00724D76" w:rsidRDefault="00007FD6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00724D76">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Infection</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2989" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="2985" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3C98EF76" w14:textId="77777777" w:rsidR="00007FD6" w:rsidRPr="00724D76" w:rsidRDefault="00007FD6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00724D76">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Cultivated area / number of plants</w:t>
@@ -1964,190 +2198,190 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1181" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5227599C" w14:textId="77777777" w:rsidR="00007FD6" w:rsidRPr="00724D76" w:rsidRDefault="00007FD6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2079" w:type="dxa"/>
+            <w:tcW w:w="2236" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4AA5840C" w14:textId="77777777" w:rsidR="00007FD6" w:rsidRPr="00724D76" w:rsidRDefault="00007FD6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>First symptoms seen</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcW w:w="1480" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
-              <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4AC79A0C" w14:textId="77777777" w:rsidR="00007FD6" w:rsidRPr="00724D76" w:rsidRDefault="00007FD6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00007FD6" w:rsidRPr="004B2249" w14:paraId="434636BE" w14:textId="77777777" w:rsidTr="002F1945">
+      <w:tr w:rsidR="00007FD6" w:rsidRPr="004B2249" w14:paraId="434636BE" w14:textId="77777777" w:rsidTr="00932701">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="368"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2153" w:type="dxa"/>
+            <w:tcW w:w="2466" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="17E47223" w14:textId="77777777" w:rsidR="00007FD6" w:rsidRPr="00724D76" w:rsidRDefault="00007FD6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2989" w:type="dxa"/>
-[...4 lines deleted...]
-              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+            <w:tcW w:w="2985" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="31FB7631" w14:textId="77777777" w:rsidR="00007FD6" w:rsidRPr="00724D76" w:rsidRDefault="00007FD6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00724D76">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Loss (% / number)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1181" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="16F20899" w14:textId="77777777" w:rsidR="00007FD6" w:rsidRPr="00724D76" w:rsidRDefault="00007FD6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2079" w:type="dxa"/>
+            <w:tcW w:w="2236" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5E40A468" w14:textId="77777777" w:rsidR="00007FD6" w:rsidRPr="00724D76" w:rsidRDefault="00007FD6" w:rsidP="00F6576E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Do </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -2156,56 +2390,56 @@
               <w:t>symptoms</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>increase</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcW w:w="1480" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
-              <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="70F006EA" w14:textId="77777777" w:rsidR="00007FD6" w:rsidRPr="00724D76" w:rsidRDefault="00F6576E" w:rsidP="00F6576E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Ye</w:t>
             </w:r>
             <w:r w:rsidR="00007FD6">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>s*</w:t>
             </w:r>
@@ -2231,314 +2465,314 @@
               <w:t xml:space="preserve"> N</w:t>
             </w:r>
             <w:r w:rsidR="00007FD6">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>o*</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="77AEFB0D" w14:textId="77777777" w:rsidR="00E44DC2" w:rsidRPr="003378C0" w:rsidRDefault="00E44DC2">
       <w:pPr>
         <w:spacing w:line="120" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="9961" w:type="dxa"/>
-        <w:tblInd w:w="-110" w:type="dxa"/>
+        <w:tblW w:w="10348" w:type="dxa"/>
+        <w:tblInd w:w="-157" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="6" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1792"/>
+        <w:gridCol w:w="1839"/>
         <w:gridCol w:w="373"/>
         <w:gridCol w:w="1331"/>
         <w:gridCol w:w="370"/>
         <w:gridCol w:w="1102"/>
         <w:gridCol w:w="395"/>
         <w:gridCol w:w="1054"/>
         <w:gridCol w:w="709"/>
         <w:gridCol w:w="425"/>
-        <w:gridCol w:w="1985"/>
-        <w:gridCol w:w="425"/>
+        <w:gridCol w:w="1191"/>
+        <w:gridCol w:w="1559"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00043438" w:rsidRPr="004B2249" w14:paraId="38EF9C6E" w14:textId="77777777" w:rsidTr="00F6576E">
+      <w:tr w:rsidR="00043438" w:rsidRPr="004B2249" w14:paraId="38EF9C6E" w14:textId="77777777" w:rsidTr="00932701">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="478"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1792" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+            <w:tcW w:w="1839" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0EE20E5F" w14:textId="77777777" w:rsidR="00043438" w:rsidRPr="004B2249" w:rsidRDefault="00043438" w:rsidP="00F6576E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Symptoms</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="373" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="114E14AD" w14:textId="77777777" w:rsidR="00043438" w:rsidRPr="004B2249" w:rsidRDefault="00043438" w:rsidP="00F6576E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7B7BF33B" w14:textId="77777777" w:rsidR="00043438" w:rsidRPr="004B2249" w:rsidRDefault="00043438" w:rsidP="00F6576E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Affected parts</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1497" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5D2F1C16" w14:textId="77777777" w:rsidR="00043438" w:rsidRPr="004B2249" w:rsidRDefault="00043438" w:rsidP="00F6576E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Soil</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1763" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7355695B" w14:textId="77777777" w:rsidR="00043438" w:rsidRPr="004B2249" w:rsidRDefault="00043438" w:rsidP="00F6576E">
             <w:pPr>
               <w:ind w:right="-28"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Distribution disease</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2EB7C172" w14:textId="77777777" w:rsidR="00043438" w:rsidRPr="004B2249" w:rsidRDefault="00043438" w:rsidP="00F6576E">
             <w:pPr>
               <w:ind w:right="-28"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcW w:w="2750" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5A84EFC7" w14:textId="77777777" w:rsidR="00043438" w:rsidRPr="00043438" w:rsidRDefault="00043438" w:rsidP="00F6576E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Preceding</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>cr</w:t>
             </w:r>
             <w:r w:rsidRPr="00043438">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>op</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00043438" w:rsidRPr="004B2249" w14:paraId="353E76C2" w14:textId="77777777" w:rsidTr="008B33F8">
+      <w:tr w:rsidR="00043438" w:rsidRPr="004B2249" w14:paraId="353E76C2" w14:textId="77777777" w:rsidTr="00932701">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="333"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1792" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+            <w:tcW w:w="1839" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5B50FA75" w14:textId="77777777" w:rsidR="00043438" w:rsidRPr="004B2249" w:rsidRDefault="00043438">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>wilting</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
@@ -2744,87 +2978,87 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5D3C043D" w14:textId="77777777" w:rsidR="00043438" w:rsidRPr="004B2249" w:rsidRDefault="00043438">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcW w:w="2750" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
-              <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="627B74D8" w14:textId="77777777" w:rsidR="00043438" w:rsidRPr="004B2249" w:rsidRDefault="00043438" w:rsidP="00B330CD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00043438" w:rsidRPr="004B2249" w14:paraId="412CB6C7" w14:textId="77777777" w:rsidTr="008B33F8">
+      <w:tr w:rsidR="00043438" w:rsidRPr="004B2249" w14:paraId="412CB6C7" w14:textId="77777777" w:rsidTr="00932701">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1792" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+            <w:tcW w:w="1839" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="385EC6B8" w14:textId="77777777" w:rsidR="00043438" w:rsidRPr="004B2249" w:rsidRDefault="00043438" w:rsidP="00043438">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>yellowing</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
@@ -2986,87 +3220,87 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="36FBC2A2" w14:textId="77777777" w:rsidR="00043438" w:rsidRPr="004B2249" w:rsidRDefault="00043438" w:rsidP="000975B7">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcW w:w="2750" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
-              <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="73669345" w14:textId="77777777" w:rsidR="00043438" w:rsidRPr="004B2249" w:rsidRDefault="00043438" w:rsidP="00043438">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00043438" w:rsidRPr="004B2249" w14:paraId="04EE3248" w14:textId="77777777" w:rsidTr="008B33F8">
+      <w:tr w:rsidR="00043438" w:rsidRPr="004B2249" w14:paraId="04EE3248" w14:textId="77777777" w:rsidTr="00932701">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="284"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1792" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+            <w:tcW w:w="1839" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6B6CBBBE" w14:textId="77777777" w:rsidR="00043438" w:rsidRPr="004B2249" w:rsidRDefault="00043438">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>galls</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
@@ -3223,86 +3457,86 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="04482BC7" w14:textId="77777777" w:rsidR="00043438" w:rsidRPr="004B2249" w:rsidRDefault="00043438">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcW w:w="2750" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
-              <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="5FC4333A" w14:textId="77777777" w:rsidR="00043438" w:rsidRPr="004B2249" w:rsidRDefault="00043438">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00043438" w:rsidRPr="004B2249" w14:paraId="35470135" w14:textId="77777777" w:rsidTr="008B33F8">
+      <w:tr w:rsidR="00043438" w:rsidRPr="004B2249" w14:paraId="35470135" w14:textId="77777777" w:rsidTr="00932701">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="284"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1792" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+            <w:tcW w:w="1839" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="410BB173" w14:textId="77777777" w:rsidR="00043438" w:rsidRPr="004B2249" w:rsidRDefault="00043438">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>dieback</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
@@ -3459,80 +3693,80 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="74A5689E" w14:textId="77777777" w:rsidR="00043438" w:rsidRPr="004B2249" w:rsidRDefault="00043438">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcW w:w="2750" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
-              <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="08AB78D4" w14:textId="77777777" w:rsidR="00043438" w:rsidRDefault="00043438">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00043438" w:rsidRPr="004B2249" w14:paraId="18C1F6B0" w14:textId="77777777" w:rsidTr="008B33F8">
+      <w:tr w:rsidR="00043438" w:rsidRPr="004B2249" w14:paraId="18C1F6B0" w14:textId="77777777" w:rsidTr="00932701">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="284"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1792" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+            <w:tcW w:w="1839" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="00061DD5" w14:textId="77777777" w:rsidR="00043438" w:rsidRPr="004B2249" w:rsidRDefault="00043438">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B2249">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>rot</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="373" w:type="dxa"/>
@@ -3678,90 +3912,90 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="509B93DC" w14:textId="77777777" w:rsidR="00043438" w:rsidRPr="004B2249" w:rsidRDefault="00043438">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcW w:w="2750" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
-              <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="7B842D12" w14:textId="77777777" w:rsidR="00043438" w:rsidRPr="00043438" w:rsidRDefault="00043438">
             <w:pPr>
               <w:ind w:left="-29"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00043438">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Planting</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00043438" w:rsidRPr="004B2249" w14:paraId="62079C98" w14:textId="77777777" w:rsidTr="002F1945">
+      <w:tr w:rsidR="00043438" w:rsidRPr="004B2249" w14:paraId="62079C98" w14:textId="77777777" w:rsidTr="00932701">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="296"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1792" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+            <w:tcW w:w="1839" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="64218E2F" w14:textId="77777777" w:rsidR="00043438" w:rsidRPr="004B2249" w:rsidRDefault="00043438">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>marginal</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
@@ -3920,122 +4154,121 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2FD26AF1" w14:textId="77777777" w:rsidR="00043438" w:rsidRPr="004B2249" w:rsidRDefault="00043438">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
-[...7 lines deleted...]
-          <w:p w14:paraId="365D7D5D" w14:textId="77777777" w:rsidR="00043438" w:rsidRPr="004B2249" w:rsidRDefault="002F1945" w:rsidP="00043438">
+            <w:tcW w:w="1191" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="365D7D5D" w14:textId="77777777" w:rsidR="00043438" w:rsidRPr="004B2249" w:rsidRDefault="002F1945" w:rsidP="00932701">
             <w:pPr>
               <w:ind w:left="-29"/>
-              <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>f</w:t>
             </w:r>
             <w:r w:rsidR="00043438">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>ield</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">      </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="425" w:type="dxa"/>
-[...4 lines deleted...]
-              <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="3B9F1C25" w14:textId="77777777" w:rsidR="00043438" w:rsidRPr="004B2249" w:rsidRDefault="00043438">
             <w:pPr>
               <w:ind w:left="-29"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00043438" w:rsidRPr="004B2249" w14:paraId="1AAEB94C" w14:textId="77777777" w:rsidTr="002F1945">
+      <w:tr w:rsidR="00043438" w:rsidRPr="004B2249" w14:paraId="1AAEB94C" w14:textId="77777777" w:rsidTr="00932701">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="284"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1792" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+            <w:tcW w:w="1839" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="590F554C" w14:textId="77777777" w:rsidR="00043438" w:rsidRPr="004B2249" w:rsidRDefault="00043438">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>leaf</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
@@ -4200,116 +4433,115 @@
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2CA34FB4" w14:textId="77777777" w:rsidR="00043438" w:rsidRPr="004B2249" w:rsidRDefault="00043438" w:rsidP="004D4B54">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="1134"/>
               </w:tabs>
               <w:ind w:right="-57"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
-[...7 lines deleted...]
-          <w:p w14:paraId="10356E2E" w14:textId="77777777" w:rsidR="00043438" w:rsidRPr="004B2249" w:rsidRDefault="002F1945" w:rsidP="00043438">
+            <w:tcW w:w="1191" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="10356E2E" w14:textId="77777777" w:rsidR="00043438" w:rsidRPr="004B2249" w:rsidRDefault="002F1945" w:rsidP="00932701">
             <w:pPr>
               <w:ind w:left="-29"/>
-              <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>g</w:t>
             </w:r>
             <w:r w:rsidR="00043438">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>reenhouse</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="425" w:type="dxa"/>
-[...4 lines deleted...]
-              <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="6CD0A09E" w14:textId="77777777" w:rsidR="00043438" w:rsidRPr="004B2249" w:rsidRDefault="00043438">
             <w:pPr>
               <w:ind w:left="-29"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00043438" w:rsidRPr="004B2249" w14:paraId="0396B2CB" w14:textId="77777777" w:rsidTr="002F1945">
+      <w:tr w:rsidR="00043438" w:rsidRPr="004B2249" w14:paraId="0396B2CB" w14:textId="77777777" w:rsidTr="00932701">
         <w:trPr>
           <w:trHeight w:val="284"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1792" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+            <w:tcW w:w="1839" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3C0761AA" w14:textId="77777777" w:rsidR="00043438" w:rsidRPr="004B2249" w:rsidRDefault="00043438">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>leaf</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
@@ -4490,125 +4722,124 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7E2AED4F" w14:textId="77777777" w:rsidR="00043438" w:rsidRPr="004B2249" w:rsidRDefault="00043438">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
-[...49 lines deleted...]
-          <w:p w14:paraId="3835D0C4" w14:textId="77777777" w:rsidR="00043438" w:rsidRDefault="00043438" w:rsidP="000975B7">
+            <w:tcW w:w="1191" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4FDEFA51" w14:textId="77777777" w:rsidR="00043438" w:rsidRPr="00043438" w:rsidRDefault="002F1945" w:rsidP="00932701">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="F5F5F5"/>
               <w:textAlignment w:val="top"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>c</w:t>
+            </w:r>
+            <w:r w:rsidR="00043438" w:rsidRPr="00043438">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ontainer/pot</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3835D0C4" w14:textId="77777777" w:rsidR="00043438" w:rsidRDefault="00043438" w:rsidP="000975B7">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="F5F5F5"/>
+              <w:textAlignment w:val="top"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00043438" w:rsidRPr="004B2249" w14:paraId="258D586B" w14:textId="77777777" w:rsidTr="008B33F8">
+      <w:tr w:rsidR="00043438" w:rsidRPr="004B2249" w14:paraId="258D586B" w14:textId="77777777" w:rsidTr="00932701">
         <w:trPr>
           <w:trHeight w:val="284"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1792" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+            <w:tcW w:w="1839" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4755C314" w14:textId="77777777" w:rsidR="00043438" w:rsidRPr="004B2249" w:rsidRDefault="00043438">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>streak</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="373" w:type="dxa"/>
@@ -4799,81 +5030,81 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5F8CE276" w14:textId="77777777" w:rsidR="00043438" w:rsidRPr="004B2249" w:rsidRDefault="00043438">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcW w:w="2750" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
-              <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="3AD8ADB9" w14:textId="77777777" w:rsidR="00043438" w:rsidRDefault="00043438">
             <w:pPr>
               <w:ind w:right="-57"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00043438" w:rsidRPr="004B2249" w14:paraId="7A53BC14" w14:textId="77777777" w:rsidTr="008B33F8">
+      <w:tr w:rsidR="00043438" w:rsidRPr="004B2249" w14:paraId="7A53BC14" w14:textId="77777777" w:rsidTr="00932701">
         <w:trPr>
           <w:trHeight w:val="284"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1792" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+            <w:tcW w:w="1839" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3A85BBEA" w14:textId="77777777" w:rsidR="00043438" w:rsidRPr="004B2249" w:rsidRDefault="00043438">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>mosai</w:t>
             </w:r>
             <w:r w:rsidR="005D2599">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -5070,81 +5301,81 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="743EA916" w14:textId="77777777" w:rsidR="00043438" w:rsidRPr="004B2249" w:rsidRDefault="00043438">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcW w:w="2750" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
-              <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="22E9B1B9" w14:textId="77777777" w:rsidR="00043438" w:rsidRDefault="00043438">
             <w:pPr>
               <w:ind w:right="-57"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00043438" w:rsidRPr="004B2249" w14:paraId="2918D33F" w14:textId="77777777" w:rsidTr="008B33F8">
+      <w:tr w:rsidR="00043438" w:rsidRPr="004B2249" w14:paraId="2918D33F" w14:textId="77777777" w:rsidTr="00932701">
         <w:trPr>
           <w:trHeight w:val="284"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1792" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+            <w:tcW w:w="1839" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="79633C1B" w14:textId="77777777" w:rsidR="00043438" w:rsidRPr="004B2249" w:rsidRDefault="00043438">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>blight</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
@@ -5300,82 +5531,82 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="144AB4B0" w14:textId="77777777" w:rsidR="00043438" w:rsidRPr="004B2249" w:rsidRDefault="00043438">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcW w:w="2750" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
-              <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="1102879A" w14:textId="77777777" w:rsidR="00043438" w:rsidRDefault="00043438">
             <w:pPr>
               <w:ind w:right="-57"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00043438" w:rsidRPr="004B2249" w14:paraId="1D95326C" w14:textId="77777777" w:rsidTr="008B33F8">
+      <w:tr w:rsidR="00043438" w:rsidRPr="004B2249" w14:paraId="1D95326C" w14:textId="77777777" w:rsidTr="00932701">
         <w:trPr>
           <w:trHeight w:val="284"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1792" w:type="dxa"/>
-[...3 lines deleted...]
-              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+            <w:tcW w:w="1839" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="386CE97C" w14:textId="77777777" w:rsidR="00043438" w:rsidRPr="004B2249" w:rsidRDefault="00043438">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>other</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -5384,216 +5615,216 @@
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>see</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> **</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="373" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="45460C78" w14:textId="77777777" w:rsidR="00043438" w:rsidRPr="004B2249" w:rsidRDefault="00043438">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2B5929F1" w14:textId="77777777" w:rsidR="00043438" w:rsidRPr="004B2249" w:rsidRDefault="00043438" w:rsidP="006F54BB">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="992"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>disinfection</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> yes/no</w:t>
             </w:r>
             <w:r w:rsidRPr="004B2249">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="16AACDEE" w14:textId="77777777" w:rsidR="00043438" w:rsidRPr="004B2249" w:rsidRDefault="00043438">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="31AAF2F6" w14:textId="77777777" w:rsidR="00043438" w:rsidRPr="004B2249" w:rsidRDefault="00043438">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcW w:w="2750" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
-              <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="0637967F" w14:textId="77777777" w:rsidR="00043438" w:rsidRPr="004B2249" w:rsidRDefault="00043438">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00043438" w:rsidRPr="003378C0" w14:paraId="6E42FCA3" w14:textId="77777777" w:rsidTr="008B33F8">
+      <w:tr w:rsidR="00043438" w:rsidRPr="003378C0" w14:paraId="6E42FCA3" w14:textId="77777777" w:rsidTr="00932701">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="80"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9961" w:type="dxa"/>
+            <w:tcW w:w="10348" w:type="dxa"/>
             <w:gridSpan w:val="11"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="7FBC1A1E" w14:textId="77777777" w:rsidR="00043438" w:rsidRPr="003378C0" w:rsidRDefault="00043438">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00043438" w:rsidRPr="004B2249" w14:paraId="0F289F66" w14:textId="77777777" w:rsidTr="008B33F8">
+      <w:tr w:rsidR="00043438" w:rsidRPr="004B2249" w14:paraId="0F289F66" w14:textId="77777777" w:rsidTr="00932701">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="369"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9961" w:type="dxa"/>
+            <w:tcW w:w="10348" w:type="dxa"/>
             <w:gridSpan w:val="11"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
-              <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-              <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="1AE2F047" w14:textId="77777777" w:rsidR="00043438" w:rsidRDefault="008B33F8">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Chemicals</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
@@ -5618,220 +5849,230 @@
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>used</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00043438" w:rsidRPr="004B2249" w14:paraId="2290E3D8" w14:textId="77777777" w:rsidTr="008B33F8">
+      <w:tr w:rsidR="00043438" w:rsidRPr="004B2249" w14:paraId="2290E3D8" w14:textId="77777777" w:rsidTr="00932701">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="369"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9961" w:type="dxa"/>
+            <w:tcW w:w="10348" w:type="dxa"/>
             <w:gridSpan w:val="11"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-              <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-              <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="2477CA19" w14:textId="77777777" w:rsidR="00043438" w:rsidRDefault="008B33F8" w:rsidP="00607151">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Problem </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>describtion</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00043438" w:rsidRPr="004B2249" w14:paraId="284665D9" w14:textId="77777777" w:rsidTr="008B33F8">
+      <w:tr w:rsidR="00043438" w:rsidRPr="004B2249" w14:paraId="284665D9" w14:textId="77777777" w:rsidTr="00932701">
         <w:trPr>
           <w:trHeight w:val="275"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9961" w:type="dxa"/>
+            <w:tcW w:w="10348" w:type="dxa"/>
             <w:gridSpan w:val="11"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-              <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-              <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="2B81A93D" w14:textId="77777777" w:rsidR="00043438" w:rsidRPr="004B2249" w:rsidRDefault="00043438">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00043438" w:rsidRPr="004B2249" w14:paraId="27A2FFB9" w14:textId="77777777" w:rsidTr="008B33F8">
-[...25 lines deleted...]
-      <w:tr w:rsidR="00043438" w:rsidRPr="004B2249" w14:paraId="2F8019B9" w14:textId="77777777" w:rsidTr="008B33F8">
+      <w:tr w:rsidR="00043438" w:rsidRPr="004B2249" w14:paraId="2F8019B9" w14:textId="77777777" w:rsidTr="00932701">
         <w:trPr>
           <w:trHeight w:val="258"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9961" w:type="dxa"/>
+            <w:tcW w:w="10348" w:type="dxa"/>
             <w:gridSpan w:val="11"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-              <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-              <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="3339124E" w14:textId="77777777" w:rsidR="00043438" w:rsidRPr="004B2249" w:rsidRDefault="00043438">
+              <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3339124E" w14:textId="28098C23" w:rsidR="00043438" w:rsidRPr="004A37DD" w:rsidRDefault="004A37DD">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
-                <w:sz w:val="18"/>
-[...1 lines deleted...]
-            </w:pPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004A37DD">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Result</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004A37DD">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> is sent </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004A37DD">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>by</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004A37DD">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> email </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004A37DD">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>by</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004A37DD">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> default.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00043438" w:rsidRPr="004B2249" w14:paraId="7F37391D" w14:textId="77777777" w:rsidTr="008B33F8">
-[...25 lines deleted...]
-      <w:tr w:rsidR="00043438" w:rsidRPr="00043438" w14:paraId="2EA123E5" w14:textId="77777777" w:rsidTr="00F6576E">
+      <w:tr w:rsidR="00043438" w:rsidRPr="00043438" w14:paraId="2EA123E5" w14:textId="77777777" w:rsidTr="00932701">
         <w:trPr>
           <w:trHeight w:val="441"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9961" w:type="dxa"/>
+            <w:tcW w:w="10348" w:type="dxa"/>
             <w:gridSpan w:val="11"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-              <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-              <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0496F77D" w14:textId="77777777" w:rsidR="00043438" w:rsidRPr="00607151" w:rsidRDefault="008B33F8" w:rsidP="008B33F8">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Digital pictures send to </w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r w:rsidRPr="008B33F8">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:cs="Arial"/>
                   <w:b/>
@@ -5858,64 +6099,64 @@
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> Yes / N</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>o</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00043438" w:rsidRPr="004B2249" w14:paraId="6D61685F" w14:textId="77777777" w:rsidTr="00F6576E">
+      <w:tr w:rsidR="00043438" w:rsidRPr="004B2249" w14:paraId="6D61685F" w14:textId="77777777" w:rsidTr="00932701">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="312"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6417" w:type="dxa"/>
+            <w:tcW w:w="6464" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-              <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="76EAC57B" w14:textId="77777777" w:rsidR="000E6838" w:rsidRPr="005A6701" w:rsidRDefault="000E6838" w:rsidP="000E6838">
             <w:pPr>
               <w:ind w:left="-32"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Client c</w:t>
             </w:r>
             <w:r w:rsidRPr="005A6701">
               <w:rPr>
@@ -5933,259 +6174,264 @@
               </w:rPr>
               <w:t>to test samples as stated above</w:t>
             </w:r>
             <w:r w:rsidRPr="005A6701">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">. Client has read and </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">accepted the </w:t>
             </w:r>
             <w:r w:rsidRPr="005A6701">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t>General Agreements for Services of Naktuinbouw</w:t>
-            </w:r>
+              <w:t xml:space="preserve">General Agreements for Services of </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A6701">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Naktuinbouw</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
           <w:p w14:paraId="27A6EFDA" w14:textId="77777777" w:rsidR="00043438" w:rsidRPr="00607151" w:rsidRDefault="000E6838" w:rsidP="000E6838">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="6840"/>
                 <w:tab w:val="left" w:pos="8100"/>
               </w:tabs>
               <w:ind w:hanging="32"/>
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>S</w:t>
             </w:r>
             <w:r w:rsidRPr="000E6838">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>ee: http://www.naktuinbouw.nl/en/terms-and-conditions.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:tcW w:w="3884" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-              <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4A4C54E3" w14:textId="77777777" w:rsidR="00043438" w:rsidRDefault="009D25AE" w:rsidP="00175512">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="6840"/>
                 <w:tab w:val="left" w:pos="8100"/>
               </w:tabs>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>City</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00043438" w:rsidRPr="004B2249" w14:paraId="4753576B" w14:textId="77777777" w:rsidTr="00F6576E">
+      <w:tr w:rsidR="00043438" w:rsidRPr="004B2249" w14:paraId="4753576B" w14:textId="77777777" w:rsidTr="00932701">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="312"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6417" w:type="dxa"/>
+            <w:tcW w:w="6464" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4CEDF188" w14:textId="77777777" w:rsidR="00043438" w:rsidRPr="004B2249" w:rsidRDefault="00043438">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="6840"/>
                 <w:tab w:val="left" w:pos="8100"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:tcW w:w="3884" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5F57D355" w14:textId="77777777" w:rsidR="00043438" w:rsidRPr="004B2249" w:rsidRDefault="009D25AE" w:rsidP="00175512">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="6840"/>
                 <w:tab w:val="left" w:pos="8100"/>
               </w:tabs>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>Date</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00043438" w:rsidRPr="004B2249" w14:paraId="2CECA5BF" w14:textId="77777777" w:rsidTr="00F6576E">
+      <w:tr w:rsidR="00043438" w:rsidRPr="004B2249" w14:paraId="2CECA5BF" w14:textId="77777777" w:rsidTr="00932701">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="414"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6417" w:type="dxa"/>
+            <w:tcW w:w="6464" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="634D8128" w14:textId="77777777" w:rsidR="00043438" w:rsidRPr="004B2249" w:rsidRDefault="00043438">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="6840"/>
                 <w:tab w:val="left" w:pos="8100"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:tcW w:w="3884" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2F60BAD7" w14:textId="77777777" w:rsidR="00043438" w:rsidRPr="004B2249" w:rsidRDefault="009D25AE" w:rsidP="00175512">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="6840"/>
                 <w:tab w:val="left" w:pos="8100"/>
               </w:tabs>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>Signature</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0D9F497C" w14:textId="77777777" w:rsidR="00292DFF" w:rsidRPr="009D25AE" w:rsidRDefault="006662B0">
+    <w:p w14:paraId="0D9F497C" w14:textId="0EDFCD37" w:rsidR="00292DFF" w:rsidRPr="009D25AE" w:rsidRDefault="006662B0">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="14"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:sectPr w:rsidR="00292DFF" w:rsidRPr="009D25AE" w:rsidSect="00607151">
-          <w:headerReference w:type="even" r:id="rId9"/>
-[...4 lines deleted...]
-          <w:footerReference w:type="first" r:id="rId14"/>
+          <w:footerReference w:type="default" r:id="rId9"/>
           <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
           <w:pgMar w:top="85" w:right="1134" w:bottom="284" w:left="1134" w:header="352" w:footer="306" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
       <w:r w:rsidRPr="004B5981">
         <w:rPr>
           <w:sz w:val="14"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
       <w:r w:rsidR="00E44DC2" w:rsidRPr="004B5981">
         <w:rPr>
           <w:sz w:val="14"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004B5981">
         <w:rPr>
           <w:sz w:val="14"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
@@ -6239,50 +6485,59 @@
           <w:rFonts w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="14"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0047295A" w:rsidRPr="009D25AE">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="14"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">*** </w:t>
       </w:r>
       <w:r w:rsidR="004B5981" w:rsidRPr="009D25AE">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="14"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Please use one submission form per crop species</w:t>
       </w:r>
+      <w:r w:rsidR="00783461">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="14"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> **** In case of new Europese clients  </w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="32D2DD42" w14:textId="77777777" w:rsidR="00043438" w:rsidRPr="009D25AE" w:rsidRDefault="00043438" w:rsidP="00007FD6">
       <w:pPr>
         <w:pStyle w:val="Kop1"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5E7F0431" w14:textId="77777777" w:rsidR="00007FD6" w:rsidRDefault="00007FD6" w:rsidP="00007FD6">
       <w:pPr>
         <w:pStyle w:val="Kop1"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Collection and submission of samples</w:t>
@@ -6346,67 +6601,50 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> of the problem. Dying and rotting plants or plants with late symptoms contain secondary organisms that may hamper detection or isolation of the primary pathogen. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="54698469" w14:textId="77777777" w:rsidR="00007FD6" w:rsidRDefault="00007FD6" w:rsidP="00007FD6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>It is important to collect samples prior to any pesticide application. Pesticides kill or mask pathogens and can interfere with laboratory testing.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F099AC4" w14:textId="77777777" w:rsidR="00007FD6" w:rsidRDefault="00007FD6" w:rsidP="00007FD6">
-[...15 lines deleted...]
-    </w:p>
     <w:p w14:paraId="5E833D40" w14:textId="77777777" w:rsidR="00007FD6" w:rsidRDefault="00007FD6" w:rsidP="00007FD6">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6BD19764" w14:textId="77777777" w:rsidR="00007FD6" w:rsidRDefault="000E6838" w:rsidP="00007FD6">
       <w:pPr>
         <w:pStyle w:val="Kop1"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Order</w:t>
       </w:r>
       <w:r w:rsidR="00007FD6">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> form</w:t>
@@ -6426,52 +6664,62 @@
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Provide corre</w:t>
       </w:r>
       <w:r w:rsidR="00E308B7">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">ct name and address on the form, and if possible your </w:t>
       </w:r>
       <w:r w:rsidR="00E308B7">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Cl</w:t>
       </w:r>
       <w:r w:rsidR="00E308B7" w:rsidRPr="00724D76">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>ient number Naktuinbouw</w:t>
+        <w:t xml:space="preserve">ient number </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00E308B7" w:rsidRPr="00724D76">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Naktuinbouw</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="000D7C34">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="246BA005" w14:textId="77777777" w:rsidR="00007FD6" w:rsidRDefault="00007FD6" w:rsidP="00007FD6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Provide as much information about the problem as possible; this will accelerate an accurate diagnosis of the problem.</w:t>
       </w:r>
@@ -6493,51 +6741,51 @@
         <w:t xml:space="preserve">Include your e-mail address and phone number. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FC0E6F9" w14:textId="77777777" w:rsidR="00007FD6" w:rsidRDefault="00E308B7" w:rsidP="00007FD6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Mail</w:t>
       </w:r>
       <w:r w:rsidR="00007FD6">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> digital photographs, if available, to </w:t>
       </w:r>
-      <w:hyperlink r:id="rId15" w:history="1">
+      <w:hyperlink r:id="rId10" w:history="1">
         <w:r w:rsidR="00007FD6" w:rsidRPr="008D1869">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>diagnostiek@naktuinbouw.nl</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00007FD6">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> ; indicate this on the submission form.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0669B813" w14:textId="77777777" w:rsidR="00007FD6" w:rsidRDefault="00007FD6" w:rsidP="00007FD6">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1256"/>
         </w:tabs>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
@@ -6612,96 +6860,108 @@
           <w:rStyle w:val="E-mailStijl291"/>
           <w:color w:val="auto"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>pots should be bagged and closed with an elastic band around the stem.</w:t>
       </w:r>
       <w:r w:rsidRPr="00007FD6">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000E6838">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>The</w:t>
       </w:r>
       <w:r w:rsidR="004B5981">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>n:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7AF84479" w14:textId="77777777" w:rsidR="00CE32E2" w:rsidRDefault="00007FD6" w:rsidP="00007FD6">
+    <w:p w14:paraId="7AF84479" w14:textId="057E79B4" w:rsidR="00CE32E2" w:rsidRDefault="00007FD6" w:rsidP="00007FD6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>Pack the samples in paper to avoid dehydration or rotting. Paper will regulate moisture in the bag.</w:t>
+        <w:t>Pack</w:t>
+      </w:r>
+      <w:r w:rsidR="0076259D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>age</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the samples in paper to avoid dehydration or rotting. Paper will regulate moisture in the bag.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2167D2A4" w14:textId="77777777" w:rsidR="00007FD6" w:rsidRDefault="00007FD6" w:rsidP="00007FD6">
+    <w:p w14:paraId="2167D2A4" w14:textId="1D80DA1A" w:rsidR="00007FD6" w:rsidRDefault="00007FD6" w:rsidP="00007FD6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007922DC">
         <w:rPr>
           <w:b/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Don’t use wet paper:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B12C9A">
+      <w:r w:rsidR="0076259D" w:rsidRPr="0076259D">
         <w:rPr>
           <w:b/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>Plastic does not evaporate water</w:t>
+        <w:t>plastic does not allow water to pass through</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>!</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="27089AA6" w14:textId="77777777" w:rsidR="00007FD6" w:rsidRDefault="00007FD6" w:rsidP="00007FD6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Pack this in plas</w:t>
       </w:r>
       <w:r w:rsidR="004B5981">
@@ -6838,252 +7098,297 @@
         <w:t xml:space="preserve"> the samples as soon as possible to </w:t>
       </w:r>
       <w:r w:rsidR="00007FD6">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">avoid deterioration to: </w:t>
       </w:r>
       <w:r w:rsidR="005D2599">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0322B45B" w14:textId="77777777" w:rsidR="005D2599" w:rsidRDefault="005D2599" w:rsidP="00CE32E2">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="656DC3D3" w14:textId="77777777" w:rsidR="005D2599" w:rsidRPr="005D2599" w:rsidRDefault="005D2599" w:rsidP="00007FD6">
+    <w:p w14:paraId="661091C1" w14:textId="3F911B22" w:rsidR="007E4011" w:rsidRPr="007E4011" w:rsidRDefault="005D2599" w:rsidP="007E4011">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="24"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="005D2599">
+      <w:r w:rsidRPr="007E4011">
         <w:rPr>
           <w:b/>
-          <w:sz w:val="24"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>NAK</w:t>
       </w:r>
-      <w:r w:rsidR="00007FD6" w:rsidRPr="005D2599">
+      <w:r w:rsidR="00007FD6" w:rsidRPr="007E4011">
         <w:rPr>
           <w:b/>
-          <w:sz w:val="24"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>tuinbouw</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-    </w:p>
-[...2 lines deleted...]
-        <w:ind w:firstLine="709"/>
+      <w:r w:rsidR="007E4011" w:rsidRPr="007E4011">
         <w:rPr>
           <w:b/>
-          <w:sz w:val="24"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00CE32E2">
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00907E1F">
         <w:rPr>
           <w:b/>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-        <w:t>Afd. Diagnostiek</w:t>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="007E4011" w:rsidRPr="007E4011">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>fd. Diagnostiek</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F0588E3" w14:textId="77777777" w:rsidR="005D2599" w:rsidRPr="00CE32E2" w:rsidRDefault="005D2599" w:rsidP="00007FD6">
+    <w:p w14:paraId="3F0588E3" w14:textId="77777777" w:rsidR="005D2599" w:rsidRPr="007E4011" w:rsidRDefault="005D2599" w:rsidP="00007FD6">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="24"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00CE32E2">
+      <w:r w:rsidRPr="007E4011">
         <w:rPr>
           <w:b/>
-          <w:sz w:val="24"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Sotaweg</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00CE32E2">
+      <w:r w:rsidRPr="007E4011">
         <w:rPr>
           <w:b/>
-          <w:sz w:val="24"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> 22</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="526139B7" w14:textId="77777777" w:rsidR="00007FD6" w:rsidRPr="00CE32E2" w:rsidRDefault="00007FD6" w:rsidP="005D2599">
+    <w:p w14:paraId="526139B7" w14:textId="77777777" w:rsidR="00007FD6" w:rsidRPr="007E4011" w:rsidRDefault="00007FD6" w:rsidP="005D2599">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="24"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00CE32E2">
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E4011">
         <w:rPr>
           <w:b/>
-          <w:sz w:val="24"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>2371 GD Roelofarendsveen</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="76F005BB" w14:textId="77777777" w:rsidR="00007FD6" w:rsidRDefault="00007FD6" w:rsidP="00007FD6">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:rPr>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D2599">
+      <w:r w:rsidRPr="007E4011">
         <w:rPr>
           <w:b/>
-          <w:sz w:val="24"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Netherlands</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7118D87B" w14:textId="77777777" w:rsidR="005D2599" w:rsidRPr="005D2599" w:rsidRDefault="005D2599" w:rsidP="00007FD6">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6135E922" w14:textId="77777777" w:rsidR="00007FD6" w:rsidRDefault="00CE32E2" w:rsidP="00CE32E2">
+    <w:p w14:paraId="6135E922" w14:textId="49F7EC7E" w:rsidR="00007FD6" w:rsidRDefault="00CE32E2" w:rsidP="00CE32E2">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>If the sample cannot be sent</w:t>
       </w:r>
       <w:r w:rsidR="00007FD6">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> immediately, keep it </w:t>
       </w:r>
       <w:r w:rsidR="004B5981">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">cool, when possible refrigerated. Keep it </w:t>
+        <w:t xml:space="preserve">cool, when possible refrigerated. Keep </w:t>
       </w:r>
       <w:r w:rsidR="00007FD6">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>out of direct sunlight.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C3DA054" w14:textId="77777777" w:rsidR="00007FD6" w:rsidRDefault="00007FD6" w:rsidP="00CE32E2">
+    <w:p w14:paraId="6C3DA054" w14:textId="7C554D86" w:rsidR="00007FD6" w:rsidRDefault="00007FD6" w:rsidP="00CE32E2">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">To make sure that your sample will be processed as soon as it arrives, collect and ship so that it will </w:t>
       </w:r>
       <w:r w:rsidR="00CE32E2">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>arr</w:t>
       </w:r>
       <w:r w:rsidR="00CE32E2">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>ive at Naktuinbouw no later than</w:t>
+        <w:t xml:space="preserve">ive at </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00CE32E2">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Naktuinbouw</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00CE32E2">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> no later than</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Friday morning during a regular week. Use only express mail by international transport of samples.  Keep in mind that there are no mail deliveries at Naktuinbouw during the weekend or holidays.</w:t>
+        <w:t xml:space="preserve"> Friday morning during a regular week. Use only express mail by international transport of samples. Keep in mind that there are no mail deliveries at </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Naktuinbouw</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> during the weekend or holidays.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="133CB4B3" w14:textId="77777777" w:rsidR="00007FD6" w:rsidRDefault="00007FD6" w:rsidP="00CE32E2">
       <w:pPr>
         <w:pStyle w:val="Plattetekstinspringen"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">You can send a copy of sample submission form by e-mail to </w:t>
       </w:r>
-      <w:hyperlink r:id="rId16" w:history="1">
+      <w:hyperlink r:id="rId11" w:history="1">
         <w:r w:rsidRPr="008D1869">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>diagnostiek@naktuinbouw.nl</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004B5981">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00CE32E2">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">                       </w:t>
@@ -7101,187 +7406,114 @@
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>processing of your order is than prepared during shipment.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1AECE603" w14:textId="77777777" w:rsidR="00007FD6" w:rsidRDefault="00007FD6" w:rsidP="00007FD6">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0D40B04C" w14:textId="77777777" w:rsidR="00007FD6" w:rsidRDefault="00007FD6" w:rsidP="00007FD6">
       <w:pPr>
         <w:pStyle w:val="Kop1"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>Naktuinbouw agreements</w:t>
+        <w:t>Naktuinbouw</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> agreements</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="05B817B9" w14:textId="77777777" w:rsidR="00007FD6" w:rsidRDefault="00007FD6" w:rsidP="00007FD6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>Assignments will be carried out under the General Agreements of Naktuinbouw for delivery of services and to carry out orders (</w:t>
+        <w:t xml:space="preserve">Assignments will be carried out under the General Agreements of </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Naktuinbouw</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for delivery of services and to carry out orders (</w:t>
       </w:r>
       <w:r w:rsidRPr="00593047">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>http://www.naktuinbouw.nl/en/terms-and-conditions</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0272CBF5" w14:textId="77777777" w:rsidR="00007FD6" w:rsidRDefault="00007FD6" w:rsidP="00007FD6">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...93 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w14:paraId="704ECA0F" w14:textId="77777777" w:rsidR="00E44DC2" w:rsidRPr="0096297D" w:rsidRDefault="00E44DC2">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0096297D">
         <w:rPr>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00E44DC2" w:rsidRPr="0096297D" w:rsidSect="00E8741B">
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="899" w:right="1134" w:bottom="540" w:left="1134" w:header="354" w:footer="666" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
@@ -7345,79 +7577,71 @@
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="6F4E2A5D" w14:textId="77777777" w:rsidR="003F43C3" w:rsidRDefault="003F43C3">
-[...8 lines deleted...]
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="162E423D" w14:textId="17B9880E" w:rsidR="00043438" w:rsidRPr="00421281" w:rsidRDefault="00043438" w:rsidP="004B2249">
     <w:pPr>
       <w:pStyle w:val="Voettekst"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="9072"/>
         <w:tab w:val="right" w:pos="9720"/>
       </w:tabs>
       <w:rPr>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
     </w:pPr>
+    <w:proofErr w:type="spellStart"/>
     <w:r w:rsidRPr="00421281">
       <w:rPr>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
       <w:t>Naktuinbouw</w:t>
     </w:r>
+    <w:proofErr w:type="spellEnd"/>
     <w:r w:rsidRPr="00421281">
       <w:rPr>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
       <w:tab/>
       <w:t xml:space="preserve">Pagina </w:t>
     </w:r>
     <w:r w:rsidR="00815D7D" w:rsidRPr="00421281">
       <w:rPr>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="00421281">
       <w:rPr>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE </w:instrText>
     </w:r>
     <w:r w:rsidR="00815D7D" w:rsidRPr="00421281">
       <w:rPr>
         <w:sz w:val="12"/>
@@ -7426,198 +7650,142 @@
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00EB7F02">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r w:rsidR="00815D7D" w:rsidRPr="00421281">
       <w:rPr>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidR="000E6838">
       <w:rPr>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
       <w:tab/>
     </w:r>
   </w:p>
-  <w:p w14:paraId="07AFD862" w14:textId="4A6ECCF4" w:rsidR="00043438" w:rsidRPr="00B330CD" w:rsidRDefault="002115FE" w:rsidP="00421281">
+  <w:p w14:paraId="07AFD862" w14:textId="484A4146" w:rsidR="00043438" w:rsidRPr="00B330CD" w:rsidRDefault="002115FE" w:rsidP="00421281">
     <w:pPr>
       <w:pStyle w:val="Voettekst"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="9072"/>
         <w:tab w:val="right" w:pos="9690"/>
       </w:tabs>
       <w:rPr>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
       <w:t xml:space="preserve">Form </w:t>
     </w:r>
     <w:proofErr w:type="spellStart"/>
     <w:r>
       <w:rPr>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
       <w:t>version</w:t>
     </w:r>
     <w:proofErr w:type="spellEnd"/>
     <w:r>
       <w:rPr>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
-      <w:t xml:space="preserve"> 2</w:t>
+      <w:t xml:space="preserve"> </w:t>
     </w:r>
-    <w:r w:rsidR="003F43C3">
+    <w:r w:rsidR="00055767">
       <w:rPr>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
-      <w:t xml:space="preserve">6 </w:t>
+      <w:t>8: November</w:t>
     </w:r>
-    <w:proofErr w:type="spellStart"/>
-    <w:r w:rsidR="00C25513">
+    <w:r w:rsidR="000E6838">
       <w:rPr>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
-      <w:t>J</w:t>
+      <w:t xml:space="preserve"> 20</w:t>
     </w:r>
-    <w:r w:rsidR="003F43C3">
+    <w:r w:rsidR="00055767">
       <w:rPr>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
-      <w:t>une</w:t>
-[...14 lines deleted...]
-      <w:t>9</w:t>
+      <w:t>25</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="000CE040" w14:textId="77777777" w:rsidR="00043438" w:rsidRPr="004B2249" w:rsidRDefault="00043438" w:rsidP="004B2249">
     <w:pPr>
       <w:pStyle w:val="Voettekst"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="9072"/>
         <w:tab w:val="right" w:pos="9720"/>
       </w:tabs>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-    </w:pPr>
-[...8 lines deleted...]
-      <w:pStyle w:val="Voettekst"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="25E51F44" w14:textId="77777777" w:rsidR="00141E00" w:rsidRDefault="00141E00">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="64E4C046" w14:textId="77777777" w:rsidR="00141E00" w:rsidRDefault="00141E00">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
-<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-[...28 lines deleted...]
-
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="139C7204"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B5FCF3C6"/>
     <w:lvl w:ilvl="0" w:tplc="04130001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04130003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
@@ -8949,237 +9117,249 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5400"/>
         </w:tabs>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04130005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="2067945383">
+  <w:num w:numId="1" w16cid:durableId="764153022">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1559970603">
+  <w:num w:numId="2" w16cid:durableId="1817067830">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="993144634">
+  <w:num w:numId="3" w16cid:durableId="381953166">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="575818374">
+  <w:num w:numId="4" w16cid:durableId="33314587">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="73745964">
+  <w:num w:numId="5" w16cid:durableId="877552975">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="477185950">
+  <w:num w:numId="6" w16cid:durableId="2099011956">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="338700929">
+  <w:num w:numId="7" w16cid:durableId="1885680250">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="8" w16cid:durableId="858202281">
+  <w:num w:numId="8" w16cid:durableId="2032220229">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="9" w16cid:durableId="32078882">
+  <w:num w:numId="9" w16cid:durableId="30308878">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="10" w16cid:durableId="1673485695">
+  <w:num w:numId="10" w16cid:durableId="1626304053">
     <w:abstractNumId w:val="4"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="709"/>
   <w:hyphenationZone w:val="425"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00E44DC2"/>
     <w:rsid w:val="00001C1F"/>
     <w:rsid w:val="000054A9"/>
     <w:rsid w:val="00007FD6"/>
     <w:rsid w:val="00010578"/>
     <w:rsid w:val="00043438"/>
     <w:rsid w:val="000518A8"/>
+    <w:rsid w:val="00055767"/>
     <w:rsid w:val="00080CAF"/>
     <w:rsid w:val="00084B97"/>
     <w:rsid w:val="000975B7"/>
     <w:rsid w:val="000B1D05"/>
     <w:rsid w:val="000C1AAF"/>
+    <w:rsid w:val="000C3BD1"/>
     <w:rsid w:val="000C5F1C"/>
     <w:rsid w:val="000D06E3"/>
     <w:rsid w:val="000D7C34"/>
     <w:rsid w:val="000E0D5B"/>
     <w:rsid w:val="000E44F8"/>
     <w:rsid w:val="000E6838"/>
     <w:rsid w:val="000F2F2F"/>
     <w:rsid w:val="00141E00"/>
     <w:rsid w:val="00164AFC"/>
     <w:rsid w:val="00175512"/>
     <w:rsid w:val="00181B8E"/>
-    <w:rsid w:val="0019203E"/>
     <w:rsid w:val="002115FE"/>
     <w:rsid w:val="002718E8"/>
     <w:rsid w:val="00292DFF"/>
     <w:rsid w:val="002B6A92"/>
     <w:rsid w:val="002B6E57"/>
     <w:rsid w:val="002F1945"/>
     <w:rsid w:val="002F74FA"/>
     <w:rsid w:val="003378C0"/>
     <w:rsid w:val="003704B6"/>
     <w:rsid w:val="003B277C"/>
+    <w:rsid w:val="003B5D62"/>
     <w:rsid w:val="003C770F"/>
+    <w:rsid w:val="003E016B"/>
     <w:rsid w:val="003E0209"/>
     <w:rsid w:val="003F42BD"/>
     <w:rsid w:val="003F43C3"/>
     <w:rsid w:val="004135BD"/>
     <w:rsid w:val="00421281"/>
-    <w:rsid w:val="00427DD7"/>
     <w:rsid w:val="0044019C"/>
     <w:rsid w:val="00444D71"/>
     <w:rsid w:val="0047295A"/>
     <w:rsid w:val="004A18EA"/>
+    <w:rsid w:val="004A37DD"/>
     <w:rsid w:val="004B2249"/>
     <w:rsid w:val="004B3188"/>
     <w:rsid w:val="004B5981"/>
     <w:rsid w:val="004D4161"/>
     <w:rsid w:val="004D4B54"/>
+    <w:rsid w:val="004E62AF"/>
     <w:rsid w:val="004F0C84"/>
     <w:rsid w:val="00542FD7"/>
     <w:rsid w:val="0055317E"/>
     <w:rsid w:val="00576DC1"/>
     <w:rsid w:val="00581422"/>
     <w:rsid w:val="00596FDF"/>
     <w:rsid w:val="005C718E"/>
     <w:rsid w:val="005D2599"/>
     <w:rsid w:val="005F3E0A"/>
     <w:rsid w:val="00607151"/>
     <w:rsid w:val="006159E8"/>
     <w:rsid w:val="006255C3"/>
     <w:rsid w:val="00650C26"/>
     <w:rsid w:val="006538B0"/>
     <w:rsid w:val="00660E25"/>
     <w:rsid w:val="006662B0"/>
-    <w:rsid w:val="00686A3D"/>
+    <w:rsid w:val="006A196D"/>
     <w:rsid w:val="006D78E8"/>
     <w:rsid w:val="006F54BB"/>
     <w:rsid w:val="007051AA"/>
     <w:rsid w:val="0070607A"/>
     <w:rsid w:val="0071668E"/>
     <w:rsid w:val="00724D76"/>
+    <w:rsid w:val="0076259D"/>
+    <w:rsid w:val="00783461"/>
     <w:rsid w:val="007852E2"/>
     <w:rsid w:val="007952B3"/>
+    <w:rsid w:val="007E4011"/>
     <w:rsid w:val="00815D7D"/>
     <w:rsid w:val="00870C57"/>
     <w:rsid w:val="00894CAC"/>
     <w:rsid w:val="008975F6"/>
     <w:rsid w:val="008A3ED4"/>
     <w:rsid w:val="008B33F8"/>
     <w:rsid w:val="008C0CDF"/>
     <w:rsid w:val="008D042A"/>
     <w:rsid w:val="008D0873"/>
+    <w:rsid w:val="00907E1F"/>
     <w:rsid w:val="00912CE5"/>
     <w:rsid w:val="00927906"/>
+    <w:rsid w:val="00932701"/>
     <w:rsid w:val="00941572"/>
     <w:rsid w:val="0096297D"/>
     <w:rsid w:val="00991D92"/>
     <w:rsid w:val="009A0038"/>
     <w:rsid w:val="009D25AE"/>
     <w:rsid w:val="009D6020"/>
     <w:rsid w:val="00A763B5"/>
     <w:rsid w:val="00A907E4"/>
-    <w:rsid w:val="00AE14F3"/>
     <w:rsid w:val="00AF4499"/>
     <w:rsid w:val="00B02DFD"/>
-    <w:rsid w:val="00B112BD"/>
     <w:rsid w:val="00B246F3"/>
     <w:rsid w:val="00B330CD"/>
     <w:rsid w:val="00B47212"/>
     <w:rsid w:val="00B90DEE"/>
     <w:rsid w:val="00BC3680"/>
     <w:rsid w:val="00BC5348"/>
     <w:rsid w:val="00C25513"/>
     <w:rsid w:val="00C5257B"/>
     <w:rsid w:val="00C82651"/>
+    <w:rsid w:val="00CD5E46"/>
     <w:rsid w:val="00CE32E2"/>
     <w:rsid w:val="00CF0A6A"/>
+    <w:rsid w:val="00D00EAB"/>
     <w:rsid w:val="00D36059"/>
     <w:rsid w:val="00D47CC5"/>
-    <w:rsid w:val="00D72285"/>
+    <w:rsid w:val="00D7155F"/>
+    <w:rsid w:val="00D8379A"/>
     <w:rsid w:val="00D945BA"/>
     <w:rsid w:val="00DC0C95"/>
     <w:rsid w:val="00DD57A4"/>
     <w:rsid w:val="00DF440D"/>
     <w:rsid w:val="00E238C2"/>
     <w:rsid w:val="00E24CB2"/>
     <w:rsid w:val="00E308B7"/>
     <w:rsid w:val="00E31F9D"/>
     <w:rsid w:val="00E44DC2"/>
     <w:rsid w:val="00E72EBB"/>
+    <w:rsid w:val="00E76D9B"/>
     <w:rsid w:val="00E8741B"/>
     <w:rsid w:val="00EB3B79"/>
     <w:rsid w:val="00EB7F02"/>
     <w:rsid w:val="00ED0174"/>
     <w:rsid w:val="00F10939"/>
     <w:rsid w:val="00F5119D"/>
+    <w:rsid w:val="00F62CDD"/>
     <w:rsid w:val="00F6576E"/>
     <w:rsid w:val="00F96FB9"/>
     <w:rsid w:val="00FD35E5"/>
     <w:rsid w:val="00FE4E4B"/>
     <w:rsid w:val="00FE5340"/>
     <w:rsid w:val="00FF511E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="nl-NL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
@@ -9202,50 +9382,51 @@
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="nl-NL" w:eastAsia="nl-NL" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="caption" w:qFormat="1"/>
     <w:lsdException w:name="footnote reference" w:uiPriority="99"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -9795,50 +9976,63 @@
     <w:name w:val="E-mailStijl291"/>
     <w:basedOn w:val="Standaardalinea-lettertype"/>
     <w:rsid w:val="00007FD6"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="993366"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Voetnootmarkering">
     <w:name w:val="footnote reference"/>
     <w:basedOn w:val="Standaardalinea-lettertype"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="000E6838"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
+    <w:div w:id="635840994">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="673608720">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="483012062">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
@@ -10107,51 +10301,51 @@
                                         </w:div>
                                       </w:divsChild>
                                     </w:div>
                                   </w:divsChild>
                                 </w:div>
                               </w:divsChild>
                             </w:div>
                           </w:divsChild>
                         </w:div>
                       </w:divsChild>
                     </w:div>
                   </w:divsChild>
                 </w:div>
               </w:divsChild>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:diagnostiek@naktuinbouw.nl" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:diagnostiek@naktuinbouw.nl" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:diagnostiek@naktuinbouw.nl" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:diagnostiek@naktuinbouw.nl" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:diagnostiek@naktuinbouw.nl" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:diagnostiek@naktuinbouw.nl" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Kantoorthema">
   <a:themeElements>
     <a:clrScheme name="Kantoor">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -10373,78 +10567,78 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>normal</Template>
+  <Template>normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>3864</Characters>
+  <Pages>2</Pages>
+  <Words>616</Words>
+  <Characters>3783</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>32</Lines>
+  <Lines>31</Lines>
   <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Verzamelen en inzenden van monsters</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Naktuinbouw, Roelofarendsveen, NL</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4477</CharactersWithSpaces>
+  <CharactersWithSpaces>4391</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="18" baseType="variant">
       <vt:variant>
         <vt:i4>1048639</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>mailto:diagnostiek@naktuinbouw.nl</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>1048639</vt:i4>
       </vt:variant>
       <vt:variant>
@@ -10467,37 +10661,37 @@
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>mailto:diagnostiek@naktuinbouw.nl</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>Diagnostics Assignment for testing</dc:title>
+  <dc:title>Verzamelen en inzenden van monsters</dc:title>
   <dc:subject/>
   <dc:creator>Ellis Meekes</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>