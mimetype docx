--- v0 (2025-11-04)
+++ v1 (2025-12-22)
@@ -3,146 +3,159 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="542359F9" w14:textId="77777777" w:rsidR="00E44DC2" w:rsidRPr="00300320" w:rsidRDefault="00E44DC2">
       <w:pPr>
         <w:pStyle w:val="Kop1"/>
         <w:rPr>
           <w:i/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="9900" w:type="dxa"/>
+        <w:tblW w:w="10061" w:type="dxa"/>
         <w:tblInd w:w="-110" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2153"/>
-        <w:gridCol w:w="2828"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="1640"/>
+        <w:gridCol w:w="2842"/>
+        <w:gridCol w:w="1693"/>
+        <w:gridCol w:w="853"/>
+        <w:gridCol w:w="879"/>
+        <w:gridCol w:w="1627"/>
+        <w:gridCol w:w="14"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E8741B" w:rsidRPr="004B2249" w14:paraId="3449DDFA" w14:textId="77777777" w:rsidTr="001F720F">
+      <w:tr w:rsidR="00E8741B" w:rsidRPr="004B2249" w14:paraId="3449DDFA" w14:textId="77777777" w:rsidTr="00187EEA">
         <w:trPr>
           <w:trHeight w:val="463"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7380" w:type="dxa"/>
-            <w:gridSpan w:val="6"/>
+            <w:tcW w:w="7541" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6B3F76D4" w14:textId="77777777" w:rsidR="00E8741B" w:rsidRPr="007952B3" w:rsidRDefault="00E8741B" w:rsidP="00D76EC6">
+          <w:p w14:paraId="6B3F76D4" w14:textId="0B44EC2B" w:rsidR="00E8741B" w:rsidRPr="007952B3" w:rsidRDefault="00E8741B" w:rsidP="00D76EC6">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B2249">
               <w:rPr>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:br w:type="page"/>
             </w:r>
             <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="PersonName">
               <w:r w:rsidRPr="007952B3">
                 <w:rPr>
                   <w:b/>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:t>Diagnostiek</w:t>
               </w:r>
             </w:smartTag>
             <w:r w:rsidR="00D76EC6">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Opdracht tot toetsing  </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="007852E2">
+              <w:t xml:space="preserve"> Opdracht tot </w:t>
+            </w:r>
+            <w:r w:rsidR="00071184">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
+              <w:t>T</w:t>
+            </w:r>
+            <w:r w:rsidR="00D76EC6">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">oetsing  </w:t>
+            </w:r>
+            <w:r w:rsidR="007852E2">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:gridSpan w:val="3"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="7CBE86E4" w14:textId="77777777" w:rsidR="00E8741B" w:rsidRPr="004B2249" w:rsidRDefault="00870943" w:rsidP="003378C0">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="004B2249">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="15D57CD2" wp14:editId="3A223046">
                   <wp:extent cx="1295400" cy="485775"/>
                   <wp:effectExtent l="0" t="0" r="0" b="9525"/>
                   <wp:docPr id="1" name="Afbeelding 1" descr="naktuinbouw_logo"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
@@ -168,2074 +181,2085 @@
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1295400" cy="485775"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E8741B" w:rsidRPr="004B2249" w14:paraId="16B7D008" w14:textId="77777777" w:rsidTr="001F720F">
+      <w:tr w:rsidR="00E8741B" w:rsidRPr="004B2249" w14:paraId="16B7D008" w14:textId="77777777" w:rsidTr="00187EEA">
         <w:trPr>
           <w:trHeight w:val="375"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7380" w:type="dxa"/>
-            <w:gridSpan w:val="6"/>
+            <w:tcW w:w="7541" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="10D5911F" w14:textId="77777777" w:rsidR="00E8741B" w:rsidRPr="00AF7773" w:rsidRDefault="00E8741B" w:rsidP="00991D92">
             <w:pPr>
               <w:pStyle w:val="Kop1"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF7773">
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Opdrachtgever:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:gridSpan w:val="3"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="6C2D08CF" w14:textId="77777777" w:rsidR="00E8741B" w:rsidRPr="004B2249" w:rsidRDefault="00E8741B" w:rsidP="00991D92">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007952B3" w:rsidRPr="004B2249" w14:paraId="5A8DF104" w14:textId="77777777" w:rsidTr="001F720F">
+      <w:tr w:rsidR="007952B3" w:rsidRPr="004B2249" w14:paraId="5A8DF104" w14:textId="77777777" w:rsidTr="00187EEA">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="369"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2153" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="24B48CDD" w14:textId="77777777" w:rsidR="00444D71" w:rsidRPr="00A763B5" w:rsidRDefault="00444D71" w:rsidP="00576DC1">
             <w:pPr>
               <w:pStyle w:val="Kop3"/>
               <w:rPr>
                 <w:bCs w:val="0"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A763B5">
               <w:rPr>
                 <w:bCs w:val="0"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Naam bedrijf</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7747" w:type="dxa"/>
-            <w:gridSpan w:val="7"/>
+            <w:tcW w:w="7908" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3D8CB87A" w14:textId="77777777" w:rsidR="00444D71" w:rsidRPr="00A763B5" w:rsidRDefault="00444D71" w:rsidP="00576DC1">
             <w:pPr>
               <w:pStyle w:val="Kop1"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A763B5">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E8741B" w:rsidRPr="004B2249" w14:paraId="66A4C660" w14:textId="77777777" w:rsidTr="001F720F">
+      <w:tr w:rsidR="00E8741B" w:rsidRPr="004B2249" w14:paraId="66A4C660" w14:textId="77777777" w:rsidTr="004C0091">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="369"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2153" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="12641859" w14:textId="77777777" w:rsidR="00B02DFD" w:rsidRPr="00A763B5" w:rsidRDefault="00B02DFD" w:rsidP="00576DC1">
             <w:pPr>
               <w:pStyle w:val="Kop3"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A763B5">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Straat</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2828" w:type="dxa"/>
+            <w:tcW w:w="2842" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2506C568" w14:textId="77777777" w:rsidR="00B02DFD" w:rsidRPr="00A763B5" w:rsidRDefault="00B02DFD" w:rsidP="00576DC1">
             <w:pPr>
               <w:pStyle w:val="Kop3"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1431" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="1693" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0FCFEDAB" w14:textId="77777777" w:rsidR="00B02DFD" w:rsidRPr="00A763B5" w:rsidRDefault="00B02DFD" w:rsidP="00576DC1">
             <w:pPr>
               <w:pStyle w:val="Kop1"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A763B5">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Postbus</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3488" w:type="dxa"/>
+            <w:tcW w:w="3373" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="36DD6627" w14:textId="77777777" w:rsidR="00B02DFD" w:rsidRPr="00A763B5" w:rsidRDefault="00B02DFD" w:rsidP="00576DC1">
             <w:pPr>
               <w:pStyle w:val="Kop1"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E8741B" w:rsidRPr="004B2249" w14:paraId="6E3645D9" w14:textId="77777777" w:rsidTr="001F720F">
+      <w:tr w:rsidR="00E8741B" w:rsidRPr="004B2249" w14:paraId="6E3645D9" w14:textId="77777777" w:rsidTr="004C0091">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="369"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2153" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5A5B3368" w14:textId="77777777" w:rsidR="00B02DFD" w:rsidRPr="00A763B5" w:rsidRDefault="00B02DFD" w:rsidP="00576DC1">
             <w:pPr>
               <w:pStyle w:val="Kop3"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A763B5">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Postcode</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2828" w:type="dxa"/>
+            <w:tcW w:w="2842" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="77CFF126" w14:textId="77777777" w:rsidR="00B02DFD" w:rsidRPr="00A763B5" w:rsidRDefault="00B02DFD" w:rsidP="00576DC1">
             <w:pPr>
               <w:pStyle w:val="Kop3"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1431" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="1693" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7F632CDF" w14:textId="77777777" w:rsidR="00B02DFD" w:rsidRPr="00A763B5" w:rsidRDefault="00B02DFD" w:rsidP="00576DC1">
             <w:pPr>
               <w:pStyle w:val="Kop1"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A763B5">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Postcode</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3488" w:type="dxa"/>
+            <w:tcW w:w="3373" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1ABD60C6" w14:textId="77777777" w:rsidR="00B02DFD" w:rsidRPr="00A763B5" w:rsidRDefault="00B02DFD" w:rsidP="00576DC1">
             <w:pPr>
               <w:pStyle w:val="Kop1"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E8741B" w:rsidRPr="004B2249" w14:paraId="0F2F823E" w14:textId="77777777" w:rsidTr="001F720F">
+      <w:tr w:rsidR="00E8741B" w:rsidRPr="004B2249" w14:paraId="0F2F823E" w14:textId="77777777" w:rsidTr="004C0091">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="369"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2153" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="33227F55" w14:textId="77777777" w:rsidR="00B02DFD" w:rsidRPr="00A763B5" w:rsidRDefault="00B02DFD" w:rsidP="00576DC1">
             <w:pPr>
               <w:pStyle w:val="Kop3"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A763B5">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Plaats</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2828" w:type="dxa"/>
+            <w:tcW w:w="2842" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4D7BB020" w14:textId="77777777" w:rsidR="00B02DFD" w:rsidRPr="00A763B5" w:rsidRDefault="00B02DFD" w:rsidP="00576DC1">
             <w:pPr>
               <w:pStyle w:val="Kop3"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1431" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="1693" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1D20AA12" w14:textId="77777777" w:rsidR="00B02DFD" w:rsidRPr="00A763B5" w:rsidRDefault="00B02DFD" w:rsidP="00576DC1">
             <w:pPr>
               <w:pStyle w:val="Kop1"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A763B5">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Plaats</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3488" w:type="dxa"/>
+            <w:tcW w:w="3373" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="09294457" w14:textId="77777777" w:rsidR="00B02DFD" w:rsidRPr="00A763B5" w:rsidRDefault="00B02DFD" w:rsidP="00576DC1">
             <w:pPr>
               <w:pStyle w:val="Kop1"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E8741B" w:rsidRPr="004B2249" w14:paraId="3812EB06" w14:textId="77777777" w:rsidTr="001F720F">
+      <w:tr w:rsidR="00467F69" w:rsidRPr="004B2249" w14:paraId="3812EB06" w14:textId="77777777" w:rsidTr="004C0091">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="369"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2153" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2CA446B0" w14:textId="77777777" w:rsidR="00B02DFD" w:rsidRPr="00A763B5" w:rsidRDefault="00B02DFD" w:rsidP="00576DC1">
+          <w:p w14:paraId="2CA446B0" w14:textId="77777777" w:rsidR="00467F69" w:rsidRPr="00A763B5" w:rsidRDefault="00467F69" w:rsidP="00467F69">
             <w:pPr>
               <w:pStyle w:val="Kop3"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A763B5">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Telefoon</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2828" w:type="dxa"/>
-[...8 lines deleted...]
-          <w:p w14:paraId="35389053" w14:textId="77777777" w:rsidR="00B02DFD" w:rsidRPr="00A763B5" w:rsidRDefault="00B02DFD" w:rsidP="00576DC1">
+            <w:tcW w:w="2842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="35389053" w14:textId="77777777" w:rsidR="00467F69" w:rsidRPr="00A763B5" w:rsidRDefault="00467F69" w:rsidP="00467F69">
             <w:pPr>
               <w:pStyle w:val="Kop3"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1431" w:type="dxa"/>
-[...9 lines deleted...]
-          <w:p w14:paraId="56059771" w14:textId="77777777" w:rsidR="00B02DFD" w:rsidRPr="00A763B5" w:rsidRDefault="00B02DFD" w:rsidP="00576DC1">
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="56059771" w14:textId="62975F0E" w:rsidR="00467F69" w:rsidRPr="00A763B5" w:rsidRDefault="00467F69" w:rsidP="00467F69">
             <w:pPr>
               <w:pStyle w:val="Kop1"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...15 lines deleted...]
-              <w:pStyle w:val="Kop1"/>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
+              <w:t>Website</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3373" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F8FBB58" w14:textId="77777777" w:rsidR="00467F69" w:rsidRPr="00A763B5" w:rsidRDefault="00467F69" w:rsidP="00467F69">
+            <w:pPr>
+              <w:pStyle w:val="Kop1"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E8741B" w:rsidRPr="004B2249" w14:paraId="57D639DB" w14:textId="77777777" w:rsidTr="001F720F">
+      <w:tr w:rsidR="00467F69" w:rsidRPr="004B2249" w14:paraId="57D639DB" w14:textId="77777777" w:rsidTr="004C0091">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="369"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2153" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="48CF06AB" w14:textId="77777777" w:rsidR="00B02DFD" w:rsidRPr="00A763B5" w:rsidRDefault="00B02DFD" w:rsidP="00576DC1">
+          <w:p w14:paraId="48CF06AB" w14:textId="77777777" w:rsidR="00467F69" w:rsidRPr="00A763B5" w:rsidRDefault="00467F69" w:rsidP="00467F69">
             <w:pPr>
               <w:pStyle w:val="Kop3"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A763B5">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t>E-mail</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2828" w:type="dxa"/>
-[...8 lines deleted...]
-          <w:p w14:paraId="493F9E85" w14:textId="77777777" w:rsidR="00B02DFD" w:rsidRPr="00A763B5" w:rsidRDefault="00B02DFD" w:rsidP="00576DC1">
+            <w:tcW w:w="2842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="493F9E85" w14:textId="77777777" w:rsidR="00467F69" w:rsidRPr="00A763B5" w:rsidRDefault="00467F69" w:rsidP="00467F69">
             <w:pPr>
               <w:pStyle w:val="Kop3"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1431" w:type="dxa"/>
-[...9 lines deleted...]
-          <w:p w14:paraId="28B12A56" w14:textId="77777777" w:rsidR="00B02DFD" w:rsidRPr="00A763B5" w:rsidRDefault="00991D92" w:rsidP="00576DC1">
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="28B12A56" w14:textId="39E4007F" w:rsidR="00467F69" w:rsidRPr="004C0091" w:rsidRDefault="00467F69" w:rsidP="00467F69">
             <w:pPr>
               <w:pStyle w:val="Kop1"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="004C0091">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Website</w:t>
-[...17 lines deleted...]
-              <w:pStyle w:val="Kop1"/>
+              <w:t>BTW-nummer</w:t>
+            </w:r>
+            <w:r w:rsidR="00187EEA" w:rsidRPr="004C0091">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
+              <w:t>****</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3373" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2FB1ECCD" w14:textId="77777777" w:rsidR="00467F69" w:rsidRPr="00A763B5" w:rsidRDefault="00467F69" w:rsidP="00467F69">
+            <w:pPr>
+              <w:pStyle w:val="Kop1"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E8741B" w:rsidRPr="004B2249" w14:paraId="0DD0C3F8" w14:textId="77777777" w:rsidTr="001F720F">
+      <w:tr w:rsidR="00E8741B" w:rsidRPr="004B2249" w14:paraId="0DD0C3F8" w14:textId="77777777" w:rsidTr="004C0091">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="369"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2153" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="69822D88" w14:textId="089E5DC0" w:rsidR="00B02DFD" w:rsidRPr="00DD57A4" w:rsidRDefault="003973D5" w:rsidP="00576DC1">
             <w:pPr>
               <w:pStyle w:val="Kop3"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Klantnummer Naktuinbouw</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2828" w:type="dxa"/>
+            <w:tcW w:w="2842" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4219BBCF" w14:textId="77777777" w:rsidR="00B02DFD" w:rsidRPr="00A763B5" w:rsidRDefault="00B02DFD" w:rsidP="00576DC1">
             <w:pPr>
               <w:pStyle w:val="Kop3"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1431" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="1693" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7046C246" w14:textId="77777777" w:rsidR="00B02DFD" w:rsidRPr="00DE40E6" w:rsidRDefault="00637C24" w:rsidP="00637C24">
+          <w:p w14:paraId="7046C246" w14:textId="53D14644" w:rsidR="00B02DFD" w:rsidRPr="00DE40E6" w:rsidRDefault="00467F69" w:rsidP="00637C24">
             <w:pPr>
               <w:pStyle w:val="Kop1"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Btw</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00385D59" w:rsidRPr="00DE40E6">
+              <w:t>IBAN nr.</w:t>
+            </w:r>
+            <w:r w:rsidR="00187EEA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>-</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00AF7773" w:rsidRPr="00DE40E6">
+              <w:t xml:space="preserve"> ****</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3373" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6597DB9B" w14:textId="77777777" w:rsidR="00B02DFD" w:rsidRPr="00A763B5" w:rsidRDefault="00B02DFD" w:rsidP="00576DC1">
+            <w:pPr>
+              <w:pStyle w:val="Kop1"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">nummer </w:t>
-[...24 lines deleted...]
-              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007952B3" w:rsidRPr="004B2249" w14:paraId="7F995427" w14:textId="77777777" w:rsidTr="001F720F">
+      <w:tr w:rsidR="007952B3" w:rsidRPr="004B2249" w14:paraId="7F995427" w14:textId="77777777" w:rsidTr="00187EEA">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="369"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2153" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1CFAC1D6" w14:textId="77777777" w:rsidR="003C770F" w:rsidRPr="00DD57A4" w:rsidRDefault="00E238C2" w:rsidP="003378C0">
             <w:pPr>
               <w:pStyle w:val="Kop3"/>
               <w:rPr>
                 <w:bCs w:val="0"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs w:val="0"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Naam contactpersoon</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7747" w:type="dxa"/>
-            <w:gridSpan w:val="7"/>
+            <w:tcW w:w="7908" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5AEADFD2" w14:textId="77777777" w:rsidR="003C770F" w:rsidRPr="00A907E4" w:rsidRDefault="00841F5B" w:rsidP="00841F5B">
+          <w:p w14:paraId="5AEADFD2" w14:textId="43F017DD" w:rsidR="003C770F" w:rsidRPr="00A907E4" w:rsidRDefault="00841F5B" w:rsidP="00841F5B">
             <w:pPr>
               <w:pStyle w:val="Kop1"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>De heer</w:t>
             </w:r>
-            <w:r w:rsidR="00EB3B79" w:rsidRPr="00A907E4">
+            <w:r w:rsidR="006F5D8D">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>/</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="003C770F" w:rsidRPr="00A907E4">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00EB3B79" w:rsidRPr="00A907E4">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidR="006F5D8D">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="003C770F" w:rsidRPr="00A907E4">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:t>mevrouw*</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E8741B" w:rsidRPr="004B2249" w14:paraId="2C5CEAFA" w14:textId="77777777" w:rsidTr="001F720F">
+      <w:tr w:rsidR="00E8741B" w:rsidRPr="004B2249" w14:paraId="2C5CEAFA" w14:textId="77777777" w:rsidTr="004C0091">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="369"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2153" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="383E4658" w14:textId="77777777" w:rsidR="00B02DFD" w:rsidRPr="00A763B5" w:rsidRDefault="00B02DFD" w:rsidP="00576DC1">
             <w:pPr>
               <w:pStyle w:val="Kop3"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A763B5">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Telefoon</w:t>
             </w:r>
             <w:r w:rsidR="006662B0">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> vast</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2828" w:type="dxa"/>
+            <w:tcW w:w="2842" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="481D6048" w14:textId="77777777" w:rsidR="00B02DFD" w:rsidRPr="00A763B5" w:rsidRDefault="00B02DFD" w:rsidP="00576DC1">
             <w:pPr>
               <w:pStyle w:val="Kop3"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1431" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="1693" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2A037A7B" w14:textId="77777777" w:rsidR="00B02DFD" w:rsidRPr="00A763B5" w:rsidRDefault="00B02DFD" w:rsidP="00576DC1">
             <w:pPr>
               <w:pStyle w:val="Kop1"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A763B5">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t>E-mail </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00FF511E">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t>adres</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...4 lines deleted...]
-            <w:tcW w:w="3488" w:type="dxa"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3373" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="627E8FBB" w14:textId="77777777" w:rsidR="00B02DFD" w:rsidRPr="00A763B5" w:rsidRDefault="00B02DFD" w:rsidP="00576DC1">
             <w:pPr>
               <w:pStyle w:val="Kop1"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E8741B" w:rsidRPr="004B2249" w14:paraId="7BB1C8F5" w14:textId="77777777" w:rsidTr="001F720F">
+      <w:tr w:rsidR="00E8741B" w:rsidRPr="004B2249" w14:paraId="7BB1C8F5" w14:textId="77777777" w:rsidTr="004C0091">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="369"/>
+          <w:trHeight w:hRule="exact" w:val="471"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2153" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="03AF3DD5" w14:textId="77777777" w:rsidR="00E8741B" w:rsidRPr="00A763B5" w:rsidRDefault="00E8741B" w:rsidP="00576DC1">
             <w:pPr>
               <w:pStyle w:val="Kop3"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Telefoon mobiel</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2828" w:type="dxa"/>
+            <w:tcW w:w="2842" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="74E3D304" w14:textId="77777777" w:rsidR="00E8741B" w:rsidRPr="00A763B5" w:rsidRDefault="00E8741B" w:rsidP="00576DC1">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1431" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="1693" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="63233AF6" w14:textId="77777777" w:rsidR="00E8741B" w:rsidRPr="00B02DFD" w:rsidRDefault="00E8741B" w:rsidP="00576DC1">
+          <w:p w14:paraId="63233AF6" w14:textId="5A56C6A4" w:rsidR="00E8741B" w:rsidRPr="00B02DFD" w:rsidRDefault="00E8741B" w:rsidP="00576DC1">
             <w:pPr>
               <w:pStyle w:val="Kop1"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B02DFD">
               <w:rPr>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve">C.C. </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00FF511E">
+              <w:t>C.C</w:t>
+            </w:r>
+            <w:r w:rsidR="00310560">
               <w:rPr>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve">E-mail </w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00B02DFD">
               <w:rPr>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>uitslag naar</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="3488" w:type="dxa"/>
+              <w:t>uitslag naa</w:t>
+            </w:r>
+            <w:r w:rsidR="00310560">
+              <w:rPr>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">r 1 </w:t>
+            </w:r>
+            <w:r w:rsidR="00310560" w:rsidRPr="00B02DFD">
+              <w:rPr>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00310560">
+              <w:rPr>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>E-mail adres</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3373" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5999C89B" w14:textId="77777777" w:rsidR="00E8741B" w:rsidRPr="00A763B5" w:rsidRDefault="00E8741B" w:rsidP="00576DC1">
             <w:pPr>
               <w:pStyle w:val="Kop1"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A763B5" w:rsidRPr="003378C0" w14:paraId="73AC1016" w14:textId="77777777" w:rsidTr="00AF7773">
+      <w:tr w:rsidR="00A763B5" w:rsidRPr="003378C0" w14:paraId="73AC1016" w14:textId="77777777" w:rsidTr="00187EEA">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="110"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9900" w:type="dxa"/>
-            <w:gridSpan w:val="8"/>
+            <w:tcW w:w="10061" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6E77595C" w14:textId="77777777" w:rsidR="00A763B5" w:rsidRPr="003378C0" w:rsidRDefault="00A763B5">
             <w:pPr>
               <w:pStyle w:val="Kop1"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B02DFD" w:rsidRPr="004B2249" w14:paraId="776042D9" w14:textId="77777777" w:rsidTr="001F720F">
+      <w:tr w:rsidR="00B02DFD" w:rsidRPr="004B2249" w14:paraId="776042D9" w14:textId="77777777" w:rsidTr="004C0091">
         <w:trPr>
           <w:trHeight w:val="367"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2153" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2AF20AF6" w14:textId="77777777" w:rsidR="00B02DFD" w:rsidRPr="004B2249" w:rsidRDefault="00B02DFD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Gewas</w:t>
             </w:r>
             <w:r w:rsidR="0047295A">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>***</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2828" w:type="dxa"/>
+            <w:tcW w:w="2842" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="229B59A8" w14:textId="77777777" w:rsidR="00B02DFD" w:rsidRPr="004B2249" w:rsidRDefault="00B02DFD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1431" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="1693" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3CCB5726" w14:textId="77777777" w:rsidR="00B02DFD" w:rsidRPr="004B2249" w:rsidRDefault="00B02DFD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Soort</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3488" w:type="dxa"/>
+            <w:tcW w:w="3373" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5FDB33D4" w14:textId="77777777" w:rsidR="00B02DFD" w:rsidRPr="004B2249" w:rsidRDefault="00B02DFD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008C0CDF" w:rsidRPr="004B2249" w14:paraId="3C822F38" w14:textId="77777777" w:rsidTr="001F720F">
+      <w:tr w:rsidR="008C0CDF" w:rsidRPr="00604ED0" w14:paraId="3C822F38" w14:textId="77777777" w:rsidTr="00187EEA">
         <w:trPr>
           <w:trHeight w:val="368"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2153" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="42F1822E" w14:textId="77777777" w:rsidR="008C0CDF" w:rsidRPr="00BC5348" w:rsidRDefault="008C0CDF" w:rsidP="00BC5348">
-[...40 lines deleted...]
-                <w:b/>
+          <w:p w14:paraId="42F1822E" w14:textId="77777777" w:rsidR="008C0CDF" w:rsidRPr="00604ED0" w:rsidRDefault="008C0CDF" w:rsidP="00BC5348">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00604ED0">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Monster </w:t>
+            </w:r>
+            <w:r w:rsidR="002718E8" w:rsidRPr="00604ED0">
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>aantal</w:t>
+            </w:r>
+            <w:r w:rsidR="00B02DFD" w:rsidRPr="00604ED0">
+              <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>**</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7747" w:type="dxa"/>
-            <w:gridSpan w:val="7"/>
+            <w:tcW w:w="7908" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="461C0896" w14:textId="77777777" w:rsidR="008C0CDF" w:rsidRPr="004B2249" w:rsidRDefault="008C0CDF" w:rsidP="000E44F8">
+          <w:p w14:paraId="461C0896" w14:textId="77777777" w:rsidR="008C0CDF" w:rsidRPr="00604ED0" w:rsidRDefault="008C0CDF" w:rsidP="000E44F8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003C770F" w:rsidRPr="004B2249" w14:paraId="1F1A7F12" w14:textId="77777777" w:rsidTr="001F720F">
+      <w:tr w:rsidR="003C770F" w:rsidRPr="00604ED0" w14:paraId="1F1A7F12" w14:textId="77777777" w:rsidTr="004C0091">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="14" w:type="dxa"/>
+          <w:trHeight w:val="368"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2153" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="695A512E" w14:textId="77777777" w:rsidR="003C770F" w:rsidRPr="00604ED0" w:rsidRDefault="003C770F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00604ED0">
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Monsteraanduiding**</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="48E949BF" w14:textId="77777777" w:rsidR="003C770F" w:rsidRPr="00604ED0" w:rsidRDefault="003C770F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="38BEFDC7" w14:textId="4DA615B0" w:rsidR="003C770F" w:rsidRPr="00604ED0" w:rsidRDefault="003C770F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00604ED0">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Evt. referentienr.</w:t>
+            </w:r>
+            <w:r w:rsidR="00C14565">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> / PO nr.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3359" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="121A8985" w14:textId="77777777" w:rsidR="003C770F" w:rsidRPr="00604ED0" w:rsidRDefault="003C770F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BC5348" w:rsidRPr="00604ED0" w14:paraId="7BE65742" w14:textId="77777777" w:rsidTr="00187EEA">
+        <w:trPr>
+          <w:trHeight w:val="367"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2153" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5689A184" w14:textId="77777777" w:rsidR="00BC5348" w:rsidRPr="00604ED0" w:rsidRDefault="002718E8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00604ED0">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Land van herkomst</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7908" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="790625D5" w14:textId="77777777" w:rsidR="00BC5348" w:rsidRPr="00604ED0" w:rsidRDefault="00BC5348">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A932E7" w:rsidRPr="00604ED0" w14:paraId="63708608" w14:textId="77777777" w:rsidTr="004C0091">
         <w:trPr>
           <w:trHeight w:val="368"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2153" w:type="dxa"/>
+            <w:tcW w:w="4995" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
-[...56 lines deleted...]
-              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="38BEFDC7" w14:textId="77777777" w:rsidR="003C770F" w:rsidRPr="00A907E4" w:rsidRDefault="003C770F">
-[...122 lines deleted...]
-                <w:b/>
+          <w:p w14:paraId="4EAE7AFB" w14:textId="51C93079" w:rsidR="00A932E7" w:rsidRPr="00604ED0" w:rsidRDefault="00A932E7" w:rsidP="00841F5B">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00604ED0">
+              <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Vermeerdering</w:t>
             </w:r>
-            <w:r w:rsidR="00841F5B">
-[...1 lines deleted...]
-                <w:b/>
+            <w:r w:rsidR="00841F5B" w:rsidRPr="00604ED0">
+              <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>s-</w:t>
             </w:r>
-            <w:r w:rsidRPr="00A763B5">
-[...10 lines deleted...]
-            <w:tcW w:w="1422" w:type="dxa"/>
+            <w:r w:rsidR="00604ED0" w:rsidRPr="00604ED0">
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00604ED0">
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidR="00604ED0" w:rsidRPr="00604ED0">
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00604ED0">
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Eindproduct*</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="16B0E0B4" w14:textId="77777777" w:rsidR="00A932E7" w:rsidRPr="00300320" w:rsidRDefault="00A932E7">
-[...8 lines deleted...]
-                <w:b/>
+          <w:p w14:paraId="16B0E0B4" w14:textId="77777777" w:rsidR="00A932E7" w:rsidRPr="00604ED0" w:rsidRDefault="00A932E7">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00604ED0">
+              <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Leeftijd planten</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3488" w:type="dxa"/>
+            <w:tcW w:w="3373" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1AA913FD" w14:textId="77777777" w:rsidR="00A932E7" w:rsidRPr="004B2249" w:rsidRDefault="00A932E7">
+          <w:p w14:paraId="1AA913FD" w14:textId="77777777" w:rsidR="00A932E7" w:rsidRPr="00604ED0" w:rsidRDefault="00A932E7">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00287F2B" w:rsidRPr="004B2249" w14:paraId="0FE43985" w14:textId="77777777" w:rsidTr="001F720F">
+      <w:tr w:rsidR="00287F2B" w:rsidRPr="00604ED0" w14:paraId="0FE43985" w14:textId="77777777" w:rsidTr="004C0091">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="368"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2153" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6ED2D8CA" w14:textId="77777777" w:rsidR="00287F2B" w:rsidRPr="004B2249" w:rsidRDefault="00287F2B" w:rsidP="00DF3C29">
-[...9 lines deleted...]
-                <w:bCs/>
+          <w:p w14:paraId="6ED2D8CA" w14:textId="77777777" w:rsidR="00287F2B" w:rsidRPr="00604ED0" w:rsidRDefault="00287F2B" w:rsidP="00DF3C29">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00604ED0">
+              <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Aantasting</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2828" w:type="dxa"/>
+            <w:tcW w:w="2842" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="29D3AF33" w14:textId="77777777" w:rsidR="00287F2B" w:rsidRPr="00B02DFD" w:rsidRDefault="00287F2B">
-[...3 lines deleted...]
-                <w:b/>
+          <w:p w14:paraId="29D3AF33" w14:textId="77777777" w:rsidR="00287F2B" w:rsidRPr="00604ED0" w:rsidRDefault="00287F2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B02DFD">
-[...2 lines deleted...]
-                <w:b/>
+            <w:r w:rsidRPr="00604ED0">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Totaal oppervlakte / aantal planten</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1431" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="1693" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="38F50E12" w14:textId="77777777" w:rsidR="00287F2B" w:rsidRPr="004B2249" w:rsidRDefault="00287F2B">
-[...11 lines deleted...]
-            <w:gridSpan w:val="3"/>
+          <w:p w14:paraId="38F50E12" w14:textId="77777777" w:rsidR="00287F2B" w:rsidRPr="00604ED0" w:rsidRDefault="00287F2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1732" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2C299A83" w14:textId="77777777" w:rsidR="00287F2B" w:rsidRPr="00300320" w:rsidRDefault="00DF3C29">
-[...10 lines deleted...]
-                <w:b/>
+          <w:p w14:paraId="2C299A83" w14:textId="77777777" w:rsidR="00287F2B" w:rsidRPr="00604ED0" w:rsidRDefault="00DF3C29">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00604ED0">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Eerste symptomen (datum)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1640" w:type="dxa"/>
+            <w:tcW w:w="1641" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5319627D" w14:textId="77777777" w:rsidR="00287F2B" w:rsidRPr="004B2249" w:rsidRDefault="00287F2B">
+          <w:p w14:paraId="5319627D" w14:textId="77777777" w:rsidR="00287F2B" w:rsidRPr="00604ED0" w:rsidRDefault="00287F2B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00287F2B" w:rsidRPr="004B2249" w14:paraId="09DA7ABC" w14:textId="77777777" w:rsidTr="00AF7773">
+      <w:tr w:rsidR="00287F2B" w:rsidRPr="00604ED0" w14:paraId="09DA7ABC" w14:textId="77777777" w:rsidTr="004C0091">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="267"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2153" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="417F4A34" w14:textId="77777777" w:rsidR="00287F2B" w:rsidRPr="004B2249" w:rsidRDefault="00287F2B">
-[...10 lines deleted...]
-            <w:tcW w:w="2828" w:type="dxa"/>
+          <w:p w14:paraId="417F4A34" w14:textId="77777777" w:rsidR="00287F2B" w:rsidRPr="00604ED0" w:rsidRDefault="00287F2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2842" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4B4E9125" w14:textId="77777777" w:rsidR="00287F2B" w:rsidRPr="00B02DFD" w:rsidRDefault="00ED052D" w:rsidP="00ED052D">
-[...3 lines deleted...]
-                <w:b/>
+          <w:p w14:paraId="4B4E9125" w14:textId="77777777" w:rsidR="00287F2B" w:rsidRPr="00604ED0" w:rsidRDefault="00ED052D" w:rsidP="00ED052D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-                <w:b/>
+            <w:r w:rsidRPr="00604ED0">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Uitval (%</w:t>
             </w:r>
-            <w:r w:rsidR="00287F2B" w:rsidRPr="00B02DFD">
-[...2 lines deleted...]
-                <w:b/>
+            <w:r w:rsidR="00287F2B" w:rsidRPr="00604ED0">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>/aantal)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1431" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="1693" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="202313A2" w14:textId="77777777" w:rsidR="00287F2B" w:rsidRPr="004B2249" w:rsidRDefault="00287F2B">
-[...11 lines deleted...]
-            <w:gridSpan w:val="3"/>
+          <w:p w14:paraId="202313A2" w14:textId="77777777" w:rsidR="00287F2B" w:rsidRPr="00604ED0" w:rsidRDefault="00287F2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1732" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7CB4E37F" w14:textId="77777777" w:rsidR="00287F2B" w:rsidRPr="00300320" w:rsidRDefault="00DF3C29">
-[...10 lines deleted...]
-                <w:b/>
+          <w:p w14:paraId="7CB4E37F" w14:textId="77777777" w:rsidR="00287F2B" w:rsidRPr="00604ED0" w:rsidRDefault="00DF3C29">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00604ED0">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Nemen symptomen toe?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1640" w:type="dxa"/>
+            <w:tcW w:w="1641" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="42888170" w14:textId="77777777" w:rsidR="00287F2B" w:rsidRPr="004B2249" w:rsidRDefault="00841F5B" w:rsidP="00841F5B">
-[...6 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="42888170" w14:textId="77777777" w:rsidR="00287F2B" w:rsidRPr="00604ED0" w:rsidRDefault="00841F5B" w:rsidP="00841F5B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00604ED0">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Ja</w:t>
             </w:r>
-            <w:r w:rsidR="00DF3C29">
+            <w:r w:rsidR="00DF3C29" w:rsidRPr="00604ED0">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00604ED0">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>N</w:t>
             </w:r>
-            <w:r w:rsidR="00DF3C29">
+            <w:r w:rsidR="00DF3C29" w:rsidRPr="00604ED0">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>ee*</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="1DA337FE" w14:textId="77777777" w:rsidR="00E44DC2" w:rsidRPr="003378C0" w:rsidRDefault="00E44DC2">
       <w:pPr>
         <w:spacing w:line="120" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9961" w:type="dxa"/>
         <w:tblInd w:w="-110" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="6" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="382"/>
         <w:gridCol w:w="1411"/>
         <w:gridCol w:w="368"/>
         <w:gridCol w:w="1416"/>
         <w:gridCol w:w="424"/>
-        <w:gridCol w:w="979"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="787"/>
+        <w:gridCol w:w="1091"/>
+        <w:gridCol w:w="368"/>
+        <w:gridCol w:w="1177"/>
         <w:gridCol w:w="393"/>
         <w:gridCol w:w="382"/>
         <w:gridCol w:w="2124"/>
         <w:gridCol w:w="425"/>
       </w:tblGrid>
       <w:tr w:rsidR="003745CF" w:rsidRPr="004B2249" w14:paraId="13C46D45" w14:textId="77777777" w:rsidTr="003745CF">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="284"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1793" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="19A7DFDF" w14:textId="77777777" w:rsidR="003745CF" w:rsidRPr="004B2249" w:rsidRDefault="003745CF">
             <w:pPr>
               <w:rPr>
@@ -2287,91 +2311,91 @@
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="492FE54C" w14:textId="77777777" w:rsidR="003745CF" w:rsidRPr="004B2249" w:rsidRDefault="003745CF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B2249">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Aangetaste delen</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1459" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4D7C6EF9" w14:textId="77777777" w:rsidR="003745CF" w:rsidRPr="004B2249" w:rsidRDefault="003745CF" w:rsidP="00BF35C7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B2249">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Grond</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>soort</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1952" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="39BA228B" w14:textId="77777777" w:rsidR="003745CF" w:rsidRPr="004B2249" w:rsidRDefault="003745CF">
             <w:pPr>
               <w:ind w:right="-28"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B2249">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Verdeling aantasting</w:t>
             </w:r>
@@ -2493,104 +2517,102 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="424" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4D2B542C" w14:textId="77777777" w:rsidR="003745CF" w:rsidRPr="004B2249" w:rsidRDefault="003745CF">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1091" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1248F53A" w14:textId="77777777" w:rsidR="003745CF" w:rsidRPr="004B2249" w:rsidRDefault="003745CF" w:rsidP="00BF35C7">
             <w:pPr>
               <w:pStyle w:val="Kop5"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:u w:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:u w:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve">      zand</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="368" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="13F4725D" w14:textId="77777777" w:rsidR="003745CF" w:rsidRPr="004B2249" w:rsidRDefault="003745CF">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1570" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcBorders>
-[...20 lines deleted...]
-            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="23D4076B" w14:textId="77777777" w:rsidR="003745CF" w:rsidRPr="004B2249" w:rsidRDefault="003745CF">
             <w:pPr>
               <w:ind w:right="-28"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B2249">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>gehele teelt</w:t>
             </w:r>
           </w:p>
@@ -2724,100 +2746,98 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="424" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="382640E7" w14:textId="77777777" w:rsidR="00300320" w:rsidRPr="004B2249" w:rsidRDefault="00300320">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1091" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E949F55" w14:textId="77777777" w:rsidR="00300320" w:rsidRPr="004B2249" w:rsidRDefault="00300320">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B2249">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>leem</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="368" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="16B14950" w14:textId="77777777" w:rsidR="00300320" w:rsidRPr="004B2249" w:rsidRDefault="00300320">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1570" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcBorders>
-[...47 lines deleted...]
-            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2A5635D7" w14:textId="77777777" w:rsidR="00300320" w:rsidRPr="004B2249" w:rsidRDefault="00300320">
             <w:pPr>
               <w:ind w:right="-28"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">rand </w:t>
             </w:r>
           </w:p>
@@ -2953,102 +2973,100 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="424" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="78C6DB7E" w14:textId="77777777" w:rsidR="003745CF" w:rsidRPr="004B2249" w:rsidRDefault="003745CF">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1091" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7FDF5746" w14:textId="77777777" w:rsidR="003745CF" w:rsidRPr="004B2249" w:rsidRDefault="003745CF">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B2249">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>klei</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="368" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="362404DA" w14:textId="77777777" w:rsidR="003745CF" w:rsidRPr="004B2249" w:rsidRDefault="003745CF">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1570" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcBorders>
-[...49 lines deleted...]
-            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1EDAF2BE" w14:textId="77777777" w:rsidR="003745CF" w:rsidRPr="004B2249" w:rsidRDefault="003745CF">
             <w:pPr>
               <w:ind w:right="-28"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B2249">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>onregelmatig</w:t>
             </w:r>
           </w:p>
@@ -3104,59 +3122,57 @@
       </w:tr>
       <w:tr w:rsidR="003745CF" w:rsidRPr="004B2249" w14:paraId="448DE726" w14:textId="77777777" w:rsidTr="003745CF">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="284"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1793" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3C25930D" w14:textId="77777777" w:rsidR="003745CF" w:rsidRPr="004B2249" w:rsidRDefault="003745CF">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="004B2249">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>insterving</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="368" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="08872A33" w14:textId="77777777" w:rsidR="003745CF" w:rsidRPr="004B2249" w:rsidRDefault="003745CF">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -3188,102 +3204,100 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="424" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="491BA49A" w14:textId="77777777" w:rsidR="003745CF" w:rsidRPr="004B2249" w:rsidRDefault="003745CF">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1091" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="44869411" w14:textId="77777777" w:rsidR="003745CF" w:rsidRPr="004B2249" w:rsidRDefault="003745CF">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B2249">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>veen</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="368" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="79EB2E22" w14:textId="77777777" w:rsidR="003745CF" w:rsidRPr="004B2249" w:rsidRDefault="003745CF">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1570" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcBorders>
-[...49 lines deleted...]
-            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4E55C603" w14:textId="77777777" w:rsidR="003745CF" w:rsidRPr="004B2249" w:rsidRDefault="003745CF">
             <w:pPr>
               <w:ind w:right="-28"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B2249">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>lage plekken</w:t>
             </w:r>
           </w:p>
@@ -3415,95 +3429,93 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="424" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="581E002D" w14:textId="77777777" w:rsidR="003745CF" w:rsidRPr="004B2249" w:rsidRDefault="003745CF">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1091" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="11F9AB12" w14:textId="77777777" w:rsidR="003745CF" w:rsidRPr="004B2249" w:rsidRDefault="003745CF">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="368" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="32249A85" w14:textId="77777777" w:rsidR="003745CF" w:rsidRPr="004B2249" w:rsidRDefault="003745CF">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1570" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcBorders>
-[...42 lines deleted...]
-            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4148B702" w14:textId="77777777" w:rsidR="003745CF" w:rsidRPr="004B2249" w:rsidRDefault="003745CF">
             <w:pPr>
               <w:ind w:right="-28"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B2249">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>natte plekken</w:t>
             </w:r>
           </w:p>
@@ -3631,95 +3643,93 @@
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="424" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="51C76BEA" w14:textId="77777777" w:rsidR="00300320" w:rsidRPr="004B2249" w:rsidRDefault="00300320">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1091" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A83E412" w14:textId="77777777" w:rsidR="00300320" w:rsidRPr="004B2249" w:rsidRDefault="00300320">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="368" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="60D16E3D" w14:textId="77777777" w:rsidR="00300320" w:rsidRPr="004B2249" w:rsidRDefault="00300320">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1570" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcBorders>
-[...42 lines deleted...]
-            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5D7F02FC" w14:textId="77777777" w:rsidR="00300320" w:rsidRPr="004B2249" w:rsidRDefault="00300320">
             <w:pPr>
               <w:ind w:right="-28"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B2249">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>droge plekken</w:t>
             </w:r>
           </w:p>
@@ -3858,105 +3868,103 @@
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5D86218B" w14:textId="77777777" w:rsidR="00300320" w:rsidRPr="004B2249" w:rsidRDefault="00300320">
             <w:pPr>
               <w:pStyle w:val="Kop1"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Watergeefsysteem</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1091" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7DC1C2A2" w14:textId="77777777" w:rsidR="00300320" w:rsidRPr="00BF35C7" w:rsidRDefault="00300320">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF35C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Substraat</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="368" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D54CBB2" w14:textId="77777777" w:rsidR="00300320" w:rsidRPr="004B2249" w:rsidRDefault="00300320">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1570" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcBorders>
-[...52 lines deleted...]
-            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="09173579" w14:textId="77777777" w:rsidR="00300320" w:rsidRPr="004B2249" w:rsidRDefault="00300320">
             <w:pPr>
               <w:ind w:right="-28"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B2249">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>zonnige plekken</w:t>
             </w:r>
           </w:p>
@@ -4136,105 +4144,103 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="424" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="338339F8" w14:textId="77777777" w:rsidR="00300320" w:rsidRPr="004B2249" w:rsidRDefault="00300320">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1091" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4C53AEBE" w14:textId="77777777" w:rsidR="00300320" w:rsidRPr="00BF35C7" w:rsidRDefault="00300320" w:rsidP="00BF35C7">
             <w:pPr>
               <w:pStyle w:val="Kop5"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:u w:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BF35C7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:u w:val="none"/>
               </w:rPr>
               <w:t>steenwol</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="368" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="41638C16" w14:textId="77777777" w:rsidR="00300320" w:rsidRPr="004B2249" w:rsidRDefault="00300320">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1570" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcBorders>
-[...20 lines deleted...]
-            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2301F266" w14:textId="77777777" w:rsidR="00300320" w:rsidRPr="004B2249" w:rsidRDefault="00300320">
             <w:pPr>
               <w:ind w:right="-28"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B2249">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>schaduwplekken</w:t>
             </w:r>
           </w:p>
@@ -4392,102 +4398,100 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="424" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7A72093A" w14:textId="77777777" w:rsidR="003745CF" w:rsidRPr="004B2249" w:rsidRDefault="003745CF">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1091" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="03D8FF1E" w14:textId="77777777" w:rsidR="003745CF" w:rsidRPr="004B2249" w:rsidRDefault="003745CF">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B2249">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>potgrond</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="368" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="36BFDDEB" w14:textId="77777777" w:rsidR="003745CF" w:rsidRPr="004B2249" w:rsidRDefault="003745CF">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1570" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcBorders>
-[...49 lines deleted...]
-            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="79B146CD" w14:textId="77777777" w:rsidR="003745CF" w:rsidRPr="004B2249" w:rsidRDefault="003745CF">
             <w:pPr>
               <w:ind w:right="-28"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B2249">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>specifiek ras</w:t>
             </w:r>
           </w:p>
@@ -4537,59 +4541,57 @@
       </w:tr>
       <w:tr w:rsidR="003745CF" w:rsidRPr="004B2249" w14:paraId="59252C2B" w14:textId="77777777" w:rsidTr="003745CF">
         <w:trPr>
           <w:trHeight w:val="284"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1793" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="00B7341C" w14:textId="77777777" w:rsidR="003745CF" w:rsidRPr="004B2249" w:rsidRDefault="003745CF">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="004B2249">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>mozaiëk</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="368" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0F56C06F" w14:textId="77777777" w:rsidR="003745CF" w:rsidRPr="004B2249" w:rsidRDefault="003745CF">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -4621,128 +4623,117 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="424" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="28DD9929" w14:textId="77777777" w:rsidR="003745CF" w:rsidRPr="004B2249" w:rsidRDefault="003745CF">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1091" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="58498F0D" w14:textId="77777777" w:rsidR="003745CF" w:rsidRPr="004B2249" w:rsidRDefault="003745CF">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="368" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1901BD0E" w14:textId="77777777" w:rsidR="003745CF" w:rsidRPr="004B2249" w:rsidRDefault="003745CF">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1570" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcBorders>
-[...42 lines deleted...]
-            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="72BE7D47" w14:textId="77777777" w:rsidR="003745CF" w:rsidRPr="004B2249" w:rsidRDefault="003745CF">
             <w:pPr>
               <w:ind w:right="-28"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B2249">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>tafel-/</w:t>
-[...9 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>tafel-/kraanvak</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="382" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="10D8F9AB" w14:textId="77777777" w:rsidR="003745CF" w:rsidRPr="004B2249" w:rsidRDefault="003745CF">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -4841,95 +4832,93 @@
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B2249">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>recirculatie</w:t>
             </w:r>
             <w:r w:rsidRPr="004B2249">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:tab/>
               <w:t>ja/nee*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1091" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D8C2F35" w14:textId="77777777" w:rsidR="003745CF" w:rsidRPr="004B2249" w:rsidRDefault="003745CF">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="368" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="65FBE1B0" w14:textId="77777777" w:rsidR="003745CF" w:rsidRPr="004B2249" w:rsidRDefault="003745CF">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1570" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcBorders>
-[...42 lines deleted...]
-            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0B0E0A30" w14:textId="77777777" w:rsidR="003745CF" w:rsidRPr="004B2249" w:rsidRDefault="003745CF">
             <w:pPr>
               <w:ind w:right="-28"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="382" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
@@ -5045,67 +5034,76 @@
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B2249">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">ontsmetting </w:t>
             </w:r>
             <w:r w:rsidRPr="004B2249">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:tab/>
               <w:t>ja/nee*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3029" w:type="dxa"/>
-            <w:gridSpan w:val="7"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4498C7D0" w14:textId="77777777" w:rsidR="003745CF" w:rsidRPr="004B2249" w:rsidRDefault="003745CF">
+          <w:p w14:paraId="4498C7D0" w14:textId="72637097" w:rsidR="003745CF" w:rsidRPr="00AC28AB" w:rsidRDefault="00AC28AB">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
-                <w:sz w:val="18"/>
-[...1 lines deleted...]
-            </w:pPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AC28AB">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Bestrijdingsmiddelen/bemesting:</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="382" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="34365D37" w14:textId="77777777" w:rsidR="003745CF" w:rsidRPr="004B2249" w:rsidRDefault="003745CF">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -5134,532 +5132,410 @@
           <w:trHeight w:hRule="exact" w:val="110"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="382" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="16EBD84A" w14:textId="77777777" w:rsidR="003745CF" w:rsidRPr="003378C0" w:rsidRDefault="003745CF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9579" w:type="dxa"/>
-            <w:gridSpan w:val="14"/>
+            <w:gridSpan w:val="11"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="70D53FE2" w14:textId="77777777" w:rsidR="003745CF" w:rsidRPr="003378C0" w:rsidRDefault="003745CF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003745CF" w:rsidRPr="004B2249" w14:paraId="3B2FF094" w14:textId="77777777" w:rsidTr="003745CF">
+      <w:tr w:rsidR="003745CF" w:rsidRPr="004B2249" w14:paraId="3B2FF094" w14:textId="77777777" w:rsidTr="00604ED0">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="369"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9961" w:type="dxa"/>
-            <w:gridSpan w:val="15"/>
+            <w:gridSpan w:val="12"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
-          </w:tcPr>
-          <w:p w14:paraId="76D3ECCA" w14:textId="77777777" w:rsidR="003745CF" w:rsidRPr="00164AFC" w:rsidRDefault="003745CF" w:rsidP="00986931">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="76D3ECCA" w14:textId="4F131D64" w:rsidR="003745CF" w:rsidRPr="00AC28AB" w:rsidRDefault="00AC28AB" w:rsidP="00986931">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B2249">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00164AFC">
+                <w:bCs/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Beschrijf aard probleem</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...17 lines deleted...]
-              <w:t>/bemesting:</w:t>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>**</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B2249">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003745CF" w:rsidRPr="004B2249" w14:paraId="142BA478" w14:textId="77777777" w:rsidTr="003745CF">
+      <w:tr w:rsidR="003745CF" w:rsidRPr="004B2249" w14:paraId="142BA478" w14:textId="77777777" w:rsidTr="00604ED0">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="369"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9961" w:type="dxa"/>
-            <w:gridSpan w:val="15"/>
+            <w:gridSpan w:val="12"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="392D2686" w14:textId="77777777" w:rsidR="003745CF" w:rsidRPr="004B2249" w:rsidRDefault="003745CF">
+          <w:p w14:paraId="392D2686" w14:textId="7C366D7C" w:rsidR="003745CF" w:rsidRPr="004B2249" w:rsidRDefault="003745CF">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004B2249">
-[...23 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003745CF" w:rsidRPr="004B2249" w14:paraId="7049FB65" w14:textId="77777777" w:rsidTr="00300320">
+      <w:tr w:rsidR="00AF7773" w:rsidRPr="004B2249" w14:paraId="339EF98B" w14:textId="77777777" w:rsidTr="00604ED0">
         <w:trPr>
-          <w:trHeight w:val="221"/>
+          <w:trHeight w:val="330"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9961" w:type="dxa"/>
-            <w:gridSpan w:val="15"/>
+            <w:gridSpan w:val="12"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
-          </w:tcPr>
-          <w:p w14:paraId="69515580" w14:textId="77777777" w:rsidR="003745CF" w:rsidRPr="004B2249" w:rsidRDefault="003745CF">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="477A2309" w14:textId="313C892D" w:rsidR="00AF7773" w:rsidRPr="00AC28AB" w:rsidRDefault="00AF7773" w:rsidP="00544B1C">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003745CF" w:rsidRPr="004B2249" w14:paraId="2C54ACE9" w14:textId="77777777" w:rsidTr="00300320">
+      <w:tr w:rsidR="00FF5246" w:rsidRPr="004B2249" w14:paraId="46FF81B2" w14:textId="2008D013" w:rsidTr="0007300F">
         <w:trPr>
-          <w:trHeight w:val="296"/>
+          <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9961" w:type="dxa"/>
-            <w:gridSpan w:val="15"/>
+            <w:gridSpan w:val="12"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
-          </w:tcPr>
-          <w:p w14:paraId="613E411C" w14:textId="77777777" w:rsidR="003745CF" w:rsidRPr="004B2249" w:rsidRDefault="003745CF">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D2333D6" w14:textId="0253D4BE" w:rsidR="00FF5246" w:rsidRPr="00AC28AB" w:rsidRDefault="00FF5246" w:rsidP="00FF5246">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
-                <w:sz w:val="18"/>
-[...1 lines deleted...]
-            </w:pPr>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AC28AB">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Resultaat wordt standaard per e-mail toegezonden. </w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AF7773" w:rsidRPr="004B2249" w14:paraId="339EF98B" w14:textId="77777777" w:rsidTr="004B6887">
+      <w:tr w:rsidR="003745CF" w:rsidRPr="004B2249" w14:paraId="7405B6E1" w14:textId="77777777" w:rsidTr="00604ED0">
         <w:trPr>
-          <w:trHeight w:val="330"/>
+          <w:trHeight w:val="223"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9961" w:type="dxa"/>
-            <w:gridSpan w:val="15"/>
+            <w:gridSpan w:val="12"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
-          </w:tcPr>
-          <w:p w14:paraId="477A2309" w14:textId="77777777" w:rsidR="00AF7773" w:rsidRPr="00AF7773" w:rsidRDefault="00AF7773" w:rsidP="00544B1C">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="531F54D1" w14:textId="35A29433" w:rsidR="003745CF" w:rsidRPr="00AC28AB" w:rsidRDefault="009C74F2" w:rsidP="009C74F2">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
-                <w:b/>
-[...25 lines deleted...]
-              <w:t xml:space="preserve">. </w:t>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AC28AB">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Wilt u resultaat in Engels</w:t>
+            </w:r>
+            <w:r w:rsidR="00071184">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="003745CF" w:rsidRPr="00AC28AB">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidR="00071184">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="003745CF" w:rsidRPr="00AC28AB">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Nederlands* ontvangen?</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004B6887" w:rsidRPr="004B2249" w14:paraId="46FF81B2" w14:textId="77777777" w:rsidTr="004B6887">
+      <w:tr w:rsidR="003745CF" w:rsidRPr="004B2249" w14:paraId="046C8D75" w14:textId="77777777" w:rsidTr="00604ED0">
         <w:trPr>
-          <w:trHeight w:val="330"/>
+          <w:trHeight w:val="273"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4980" w:type="dxa"/>
-[...60 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="9961" w:type="dxa"/>
+            <w:gridSpan w:val="12"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
-          </w:tcPr>
-[...104 lines deleted...]
-                <w:b/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A45D797" w14:textId="1FBA6BDF" w:rsidR="003745CF" w:rsidRPr="00AC28AB" w:rsidRDefault="003745CF" w:rsidP="0062112A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AC28AB">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Digitale foto’s gestuurd naar </w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
-              <w:r w:rsidRPr="00181B8E">
+              <w:r w:rsidRPr="00AC28AB">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:cs="Arial"/>
-                  <w:b/>
+                  <w:bCs/>
                   <w:color w:val="auto"/>
                   <w:sz w:val="18"/>
                 </w:rPr>
                 <w:t>diagnostiek@naktuinbouw.nl</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-                <w:b/>
+            <w:r w:rsidRPr="00AC28AB">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> ? </w:t>
             </w:r>
-            <w:r w:rsidR="009D19CF">
-[...2 lines deleted...]
-                <w:b/>
+            <w:r w:rsidR="009D19CF" w:rsidRPr="00AC28AB">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">         </w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-                <w:b/>
+            <w:r w:rsidRPr="00AC28AB">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="0062112A">
-[...2 lines deleted...]
-                <w:b/>
+            <w:r w:rsidR="0062112A" w:rsidRPr="00AC28AB">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Ja</w:t>
             </w:r>
-            <w:r w:rsidRPr="00181B8E">
-[...5 lines deleted...]
-              <w:t>/Nee *</w:t>
+            <w:r w:rsidR="00071184">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AC28AB">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidR="00FF5246">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AC28AB">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Nee *</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00544B1C" w:rsidRPr="004B2249" w14:paraId="08DC8317" w14:textId="77777777" w:rsidTr="00544B1C">
+      <w:tr w:rsidR="00544B1C" w:rsidRPr="004B2249" w14:paraId="08DC8317" w14:textId="77777777" w:rsidTr="00604ED0">
         <w:trPr>
-          <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="248"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6637" w:type="dxa"/>
-            <w:gridSpan w:val="11"/>
+            <w:gridSpan w:val="8"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="537B6D90" w14:textId="77777777" w:rsidR="00544B1C" w:rsidRPr="00421281" w:rsidRDefault="00544B1C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="6840"/>
                 <w:tab w:val="left" w:pos="8100"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="00421281">
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t>Ondertekening</w:t>
@@ -5764,133 +5640,133 @@
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="6840"/>
                 <w:tab w:val="left" w:pos="8100"/>
               </w:tabs>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>P</w:t>
             </w:r>
             <w:r w:rsidRPr="004B2249">
               <w:rPr>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>laats</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00544B1C" w:rsidRPr="004B2249" w14:paraId="759A5B9B" w14:textId="77777777" w:rsidTr="00544B1C">
+      <w:tr w:rsidR="00544B1C" w:rsidRPr="004B2249" w14:paraId="759A5B9B" w14:textId="77777777" w:rsidTr="00604ED0">
         <w:trPr>
-          <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="293"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6637" w:type="dxa"/>
-            <w:gridSpan w:val="11"/>
+            <w:gridSpan w:val="8"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0E9DB5A4" w14:textId="77777777" w:rsidR="00544B1C" w:rsidRPr="004B2249" w:rsidRDefault="00544B1C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="6840"/>
                 <w:tab w:val="left" w:pos="8100"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3324" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="534E1577" w14:textId="77777777" w:rsidR="00544B1C" w:rsidRPr="004B2249" w:rsidRDefault="00544B1C" w:rsidP="00175512">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="6840"/>
                 <w:tab w:val="left" w:pos="8100"/>
               </w:tabs>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B2249">
               <w:rPr>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>Datum</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00544B1C" w:rsidRPr="004B2249" w14:paraId="037D1B2F" w14:textId="77777777" w:rsidTr="00544B1C">
+      <w:tr w:rsidR="00544B1C" w:rsidRPr="004B2249" w14:paraId="037D1B2F" w14:textId="77777777" w:rsidTr="00604ED0">
         <w:trPr>
-          <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="287"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6637" w:type="dxa"/>
-            <w:gridSpan w:val="11"/>
+            <w:gridSpan w:val="8"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3DB9404C" w14:textId="77777777" w:rsidR="00544B1C" w:rsidRPr="004B2249" w:rsidRDefault="00544B1C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="6840"/>
                 <w:tab w:val="left" w:pos="8100"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3324" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
             </w:tcMar>
@@ -5901,51 +5777,51 @@
               <w:tabs>
                 <w:tab w:val="left" w:pos="6840"/>
                 <w:tab w:val="left" w:pos="8100"/>
               </w:tabs>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B2249">
               <w:rPr>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>Handtekening</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="71887A37" w14:textId="77777777" w:rsidR="00292DFF" w:rsidRDefault="006662B0">
+    <w:p w14:paraId="71887A37" w14:textId="3F34C384" w:rsidR="00292DFF" w:rsidRDefault="006662B0">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="14"/>
         </w:rPr>
         <w:sectPr w:rsidR="00292DFF" w:rsidSect="00E8741B">
           <w:footerReference w:type="default" r:id="rId11"/>
           <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
           <w:pgMar w:top="86" w:right="1134" w:bottom="540" w:left="1134" w:header="354" w:footer="306" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="14"/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
       <w:r w:rsidR="00E44DC2" w:rsidRPr="004B2249">
         <w:rPr>
           <w:sz w:val="14"/>
         </w:rPr>
         <w:t xml:space="preserve"> doorhalen wat niet van toepassing is</w:t>
@@ -5984,50 +5860,66 @@
       </w:r>
       <w:r w:rsidR="0047295A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="14"/>
         </w:rPr>
         <w:t>*** Slechts één gewas per opdracht</w:t>
       </w:r>
       <w:r w:rsidR="006358AC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="14"/>
         </w:rPr>
         <w:t>formulier</w:t>
       </w:r>
       <w:r w:rsidR="00DF440D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="14"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
+      <w:r w:rsidR="00467F69">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="14"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F14EFD">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="14"/>
+        </w:rPr>
+        <w:t xml:space="preserve">**** in geval van nieuwe Europese klant       </w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="1BC58D43" w14:textId="77777777" w:rsidR="00E44DC2" w:rsidRPr="004B2249" w:rsidRDefault="00E44DC2">
       <w:pPr>
         <w:pStyle w:val="Kop1"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B2249">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Verzamelen verpakken en inzenden van monsters voor Diagnost</w:t>
       </w:r>
       <w:r w:rsidR="00912CE5" w:rsidRPr="004B2249">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
       <w:r w:rsidRPr="004B2249">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
@@ -6186,127 +6078,139 @@
     <w:p w14:paraId="77FB2A75" w14:textId="77777777" w:rsidR="00E44DC2" w:rsidRPr="004B2249" w:rsidRDefault="00E44DC2">
       <w:pPr>
         <w:pStyle w:val="Kop1"/>
       </w:pPr>
       <w:r w:rsidRPr="004B2249">
         <w:t>Verpakken</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7998C53C" w14:textId="77777777" w:rsidR="00E44DC2" w:rsidRPr="004B2249" w:rsidRDefault="00E44DC2" w:rsidP="00DF3C29">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="004B2249">
         <w:t xml:space="preserve">Voorkom dat bladeren en bloemen verontreinigd worden door meegestuurde aarde of substraat. </w:t>
       </w:r>
       <w:r w:rsidR="00DF3C29">
         <w:t xml:space="preserve">Sluit de wortels af met een aparte zak, </w:t>
       </w:r>
       <w:r w:rsidR="00DF3C29" w:rsidRPr="004B2249">
         <w:t>sluit deze af met een elastiekje om de stam.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74D37D03" w14:textId="77777777" w:rsidR="00E44DC2" w:rsidRPr="004B2249" w:rsidRDefault="00DF3C29">
+    <w:p w14:paraId="74D37D03" w14:textId="00218ABD" w:rsidR="00E44DC2" w:rsidRPr="0002013C" w:rsidRDefault="00DF3C29">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Verpak het geheel in papier</w:t>
       </w:r>
       <w:r w:rsidR="00E44DC2" w:rsidRPr="004B2249">
         <w:t xml:space="preserve"> om uitdroging en rotting te voorkomen.</w:t>
       </w:r>
       <w:r w:rsidR="00DC0C95">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00DC0C95">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Het papier reguleert het vocht in de plastic zak. </w:t>
       </w:r>
       <w:r w:rsidR="00894CAC">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve">Droog </w:t>
+        <w:t>Droog</w:t>
       </w:r>
       <w:r w:rsidR="00DC0C95">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve"> papier gebruiken. Plastic verdampt niet!</w:t>
+        <w:t xml:space="preserve"> papier gebruiken. Plastic </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA7802">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>laat geen water door</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC0C95">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F0636CD" w14:textId="77777777" w:rsidR="0002013C" w:rsidRPr="004B2249" w:rsidRDefault="0002013C" w:rsidP="0002013C">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B2249">
+        <w:t>Verpak het geheel in plastic om verspreiding van ziekten te voorkomen.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="706FE3C8" w14:textId="77777777" w:rsidR="00DF3C29" w:rsidRDefault="00DF3C29">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Plak een sticker met monsterinformatie op de verpakking.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0F826E10" w14:textId="77777777" w:rsidR="00DF3C29" w:rsidRDefault="00DF3C29">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Gebruik geen stickers met monsterinformatie voor het afsluiten. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="19C51FC6" w14:textId="77777777" w:rsidR="00E44DC2" w:rsidRPr="004B2249" w:rsidRDefault="00E44DC2">
+    <w:p w14:paraId="3A60BF1B" w14:textId="29761B8F" w:rsidR="00E44DC2" w:rsidRPr="004B2249" w:rsidRDefault="00DC0C95">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B2249">
-[...9 lines deleted...]
-      </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Plak het opdrachtformulier in een enveloppe aan de </w:t>
+        <w:t xml:space="preserve">Plak het opdrachtformulier in een envelop aan de </w:t>
       </w:r>
       <w:r w:rsidRPr="00DC0C95">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>buitenkant</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> van de verpakking.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2C902FEC" w14:textId="77777777" w:rsidR="00E44DC2" w:rsidRPr="004B2249" w:rsidRDefault="00E44DC2" w:rsidP="00181B8E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="004B2249">
         <w:t xml:space="preserve">Hou er rekening mee dat pakketbezorgers met dozen gooien. Vul dozen </w:t>
       </w:r>
       <w:r w:rsidR="00181B8E">
         <w:t xml:space="preserve">daarom </w:t>
       </w:r>
       <w:r w:rsidRPr="004B2249">
@@ -6329,613 +6233,357 @@
           <w:bCs/>
         </w:rPr>
         <w:t>Verzenden</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5632F3EE" w14:textId="77777777" w:rsidR="00E44DC2" w:rsidRDefault="00DC0C95">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Verstuur </w:t>
       </w:r>
       <w:r w:rsidR="00E44DC2" w:rsidRPr="004B2249">
         <w:t>monster</w:t>
       </w:r>
       <w:r>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="00E44DC2" w:rsidRPr="004B2249">
         <w:t xml:space="preserve"> naar:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5ABCF365" w14:textId="77777777" w:rsidR="00471F16" w:rsidRDefault="00471F16" w:rsidP="00471F16">
-[...6 lines deleted...]
-        <w:ind w:firstLine="709"/>
+    <w:p w14:paraId="7400C8D8" w14:textId="612B798B" w:rsidR="00E44DC2" w:rsidRPr="006F5D8D" w:rsidRDefault="00D103CE" w:rsidP="00FF5246">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
         </w:rPr>
-      </w:pPr>
-[...14 lines deleted...]
-        <w:t>Brievenbuspakket</w:t>
+        <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>:</w:t>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006F5D8D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>Naktuinbouw, team Diagnostiek</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="474ADF8F" w14:textId="77777777" w:rsidR="00E44DC2" w:rsidRPr="00D103CE" w:rsidRDefault="00D103CE" w:rsidP="00D103CE">
+    <w:p w14:paraId="5D25ECE5" w14:textId="77777777" w:rsidR="0096297D" w:rsidRDefault="00E44DC2" w:rsidP="00D103CE">
+      <w:pPr>
+        <w:ind w:left="709"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F5D8D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Sotaweg 22 </w:t>
+      </w:r>
+      <w:r w:rsidR="00D103CE" w:rsidRPr="006F5D8D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="006F5D8D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>2371 GD Roelofarendsveen</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02745183" w14:textId="6AB73571" w:rsidR="0002013C" w:rsidRPr="006F5D8D" w:rsidRDefault="0002013C" w:rsidP="00D103CE">
+      <w:pPr>
+        <w:ind w:left="709"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>Nederland</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12FDF2B9" w14:textId="77777777" w:rsidR="00E44DC2" w:rsidRPr="006F5D8D" w:rsidRDefault="00E44DC2">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="006F5D8D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
         </w:rPr>
-        <w:t>Naktuinbouw, team</w:t>
+        <w:tab/>
       </w:r>
-      <w:r w:rsidR="00870C57" w:rsidRPr="00D103CE">
+      <w:r w:rsidRPr="006F5D8D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...114 lines deleted...]
-          <w:sz w:val="24"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2EFC7466" w14:textId="77777777" w:rsidR="00DC0C95" w:rsidRPr="00D103CE" w:rsidRDefault="00E44DC2">
-[...14 lines deleted...]
-        <w:t>2370 AA Roelofarendsveen</w:t>
+    <w:p w14:paraId="33555B68" w14:textId="2CCEBF10" w:rsidR="00E44DC2" w:rsidRDefault="00DC0C95" w:rsidP="00DC0C95">
+      <w:pPr>
+        <w:ind w:firstLine="360"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">U kunt </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D103CE">
-[...5 lines deleted...]
-        <w:tab/>
+      <w:r w:rsidR="0002013C">
+        <w:t xml:space="preserve">uw goed ingepakte </w:t>
       </w:r>
-    </w:p>
-[...169 lines deleted...]
-      </w:pPr>
       <w:r>
-        <w:t>U kunt mons</w:t>
+        <w:t>mons</w:t>
       </w:r>
       <w:r w:rsidR="00A763B5">
         <w:t>ters ook afgeven bij Naktuinbouw</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6CA06119" w14:textId="77777777" w:rsidR="00A763B5" w:rsidRDefault="00A763B5" w:rsidP="00DC0C95">
       <w:pPr>
         <w:ind w:firstLine="360"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5FB9DE63" w14:textId="77777777" w:rsidR="0096297D" w:rsidRPr="004B2249" w:rsidRDefault="0096297D" w:rsidP="00DC0C95">
       <w:pPr>
         <w:ind w:firstLine="360"/>
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="789561CA" w14:textId="77777777" w:rsidR="00E44DC2" w:rsidRPr="00D103CE" w:rsidRDefault="00E44DC2" w:rsidP="00D103CE">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="004B2249">
         <w:t>Wanneer het onmogelijk is om een monster direct te versturen, bewaar het dan koel. Monsters nooit in direct zonlicht plaatsen.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00E44DC2" w:rsidRPr="00D103CE" w:rsidSect="00E8741B">
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="899" w:right="1134" w:bottom="540" w:left="1134" w:header="354" w:footer="666" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="334362D1" w14:textId="77777777" w:rsidR="00FF154F" w:rsidRDefault="00FF154F">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="21DA6FEB" w14:textId="77777777" w:rsidR="00FF154F" w:rsidRDefault="00FF154F">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="4318B03E" w14:textId="1E18EB2D" w:rsidR="00544B1C" w:rsidRPr="00421281" w:rsidRDefault="00544B1C" w:rsidP="00D103CE">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="4318B03E" w14:textId="24B6B36A" w:rsidR="00544B1C" w:rsidRPr="00421281" w:rsidRDefault="00544B1C" w:rsidP="00D103CE">
     <w:pPr>
       <w:pStyle w:val="Voettekst"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="9072"/>
         <w:tab w:val="right" w:pos="9720"/>
       </w:tabs>
       <w:rPr>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
     </w:pPr>
-    <w:proofErr w:type="spellStart"/>
     <w:r w:rsidRPr="00421281">
       <w:rPr>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
       <w:t>Formu</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
-      <w:t>lierversie</w:t>
+      <w:t xml:space="preserve">lierversie </w:t>
     </w:r>
-    <w:proofErr w:type="spellEnd"/>
-    <w:r>
+    <w:r w:rsidR="00534256">
       <w:rPr>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
-      <w:t xml:space="preserve"> </w:t>
+      <w:t>8 November</w:t>
     </w:r>
-    <w:r w:rsidR="00007985">
+    <w:r>
       <w:rPr>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
-      <w:t xml:space="preserve">5 </w:t>
+      <w:t xml:space="preserve">  20</w:t>
     </w:r>
-    <w:proofErr w:type="spellStart"/>
-    <w:r w:rsidR="00007985">
+    <w:r w:rsidR="00534256">
       <w:rPr>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
-      <w:t>juni</w:t>
-[...8 lines deleted...]
-      <w:t xml:space="preserve"> 2024</w:t>
+      <w:t>25</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidRPr="00421281">
       <w:rPr>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
       <w:t xml:space="preserve">Pagina </w:t>
     </w:r>
     <w:r w:rsidRPr="00421281">
@@ -6970,81 +6618,81 @@
     <w:r w:rsidRPr="00421281">
       <w:rPr>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="252E205A" w14:textId="77777777" w:rsidR="00544B1C" w:rsidRPr="004B2249" w:rsidRDefault="00544B1C" w:rsidP="004B2249">
     <w:pPr>
       <w:pStyle w:val="Voettekst"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="9072"/>
         <w:tab w:val="right" w:pos="9720"/>
       </w:tabs>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="4CA2B8CF" w14:textId="77777777" w:rsidR="00FF154F" w:rsidRDefault="00FF154F">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="11261E28" w14:textId="77777777" w:rsidR="00FF154F" w:rsidRDefault="00FF154F">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
     <w:p w14:paraId="445569EF" w14:textId="77777777" w:rsidR="00544B1C" w:rsidRDefault="00544B1C" w:rsidP="006224B5">
       <w:pPr>
         <w:pStyle w:val="Voetnoottekst"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="139C7204"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B5FCF3C6"/>
     <w:lvl w:ilvl="0" w:tplc="04130001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04130003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -8374,315 +8022,330 @@
     <w:lvl w:ilvl="7" w:tplc="04130003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04130005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="1037588559">
+  <w:num w:numId="1" w16cid:durableId="1444034804">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="384988670">
+  <w:num w:numId="2" w16cid:durableId="1745567342">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="467281752">
+  <w:num w:numId="3" w16cid:durableId="1891528297">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="937493214">
+  <w:num w:numId="4" w16cid:durableId="670957951">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="1944914319">
+  <w:num w:numId="5" w16cid:durableId="1908761821">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="438258482">
+  <w:num w:numId="6" w16cid:durableId="94526004">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="1616255776">
+  <w:num w:numId="7" w16cid:durableId="1716157305">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="8" w16cid:durableId="1737164149">
+  <w:num w:numId="8" w16cid:durableId="1212889757">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="9" w16cid:durableId="2005279689">
+  <w:num w:numId="9" w16cid:durableId="2104180619">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="10" w16cid:durableId="1307858416">
+  <w:num w:numId="10" w16cid:durableId="1995598407">
     <w:abstractNumId w:val="9"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="709"/>
   <w:hyphenationZone w:val="425"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00E44DC2"/>
     <w:rsid w:val="00000F54"/>
     <w:rsid w:val="000054A9"/>
-    <w:rsid w:val="00007985"/>
     <w:rsid w:val="00010578"/>
+    <w:rsid w:val="0002013C"/>
     <w:rsid w:val="00035FC0"/>
     <w:rsid w:val="000573AA"/>
+    <w:rsid w:val="00071184"/>
     <w:rsid w:val="00080CAF"/>
     <w:rsid w:val="00084B97"/>
     <w:rsid w:val="000B1D05"/>
+    <w:rsid w:val="000C3BD1"/>
     <w:rsid w:val="000C5F1C"/>
     <w:rsid w:val="000D06E3"/>
     <w:rsid w:val="000E0D5B"/>
     <w:rsid w:val="000E44F8"/>
     <w:rsid w:val="000F2F2F"/>
     <w:rsid w:val="00164AFC"/>
     <w:rsid w:val="00167AC2"/>
     <w:rsid w:val="00175512"/>
     <w:rsid w:val="00181B8E"/>
+    <w:rsid w:val="00187EEA"/>
     <w:rsid w:val="001F720F"/>
     <w:rsid w:val="002355A6"/>
     <w:rsid w:val="002718E8"/>
     <w:rsid w:val="00287F2B"/>
     <w:rsid w:val="00292DFF"/>
     <w:rsid w:val="002B6A92"/>
     <w:rsid w:val="002B6E57"/>
     <w:rsid w:val="00300320"/>
     <w:rsid w:val="00300647"/>
+    <w:rsid w:val="00310560"/>
     <w:rsid w:val="003378C0"/>
     <w:rsid w:val="003704B6"/>
     <w:rsid w:val="003745CF"/>
     <w:rsid w:val="00385D59"/>
     <w:rsid w:val="003953F8"/>
     <w:rsid w:val="003973D5"/>
     <w:rsid w:val="003B277C"/>
     <w:rsid w:val="003C770F"/>
     <w:rsid w:val="003E0209"/>
     <w:rsid w:val="004135BD"/>
     <w:rsid w:val="00421281"/>
     <w:rsid w:val="004423F8"/>
     <w:rsid w:val="00444D71"/>
-    <w:rsid w:val="00471F16"/>
+    <w:rsid w:val="00467F69"/>
     <w:rsid w:val="0047295A"/>
     <w:rsid w:val="004A5ADF"/>
     <w:rsid w:val="004B2249"/>
     <w:rsid w:val="004B3188"/>
     <w:rsid w:val="004B6887"/>
+    <w:rsid w:val="004C0091"/>
     <w:rsid w:val="004D4161"/>
     <w:rsid w:val="004D4B54"/>
-    <w:rsid w:val="004E2DE0"/>
     <w:rsid w:val="004F0C84"/>
+    <w:rsid w:val="00534256"/>
     <w:rsid w:val="00544B1C"/>
     <w:rsid w:val="0055317E"/>
+    <w:rsid w:val="005710BD"/>
     <w:rsid w:val="00576DC1"/>
     <w:rsid w:val="00580D27"/>
     <w:rsid w:val="00581422"/>
     <w:rsid w:val="00596FDF"/>
     <w:rsid w:val="005A5658"/>
     <w:rsid w:val="005C718E"/>
+    <w:rsid w:val="00604ED0"/>
     <w:rsid w:val="0062112A"/>
     <w:rsid w:val="006224B5"/>
     <w:rsid w:val="006255C3"/>
     <w:rsid w:val="006358AC"/>
     <w:rsid w:val="00637C24"/>
     <w:rsid w:val="00650C26"/>
     <w:rsid w:val="006538B0"/>
     <w:rsid w:val="006662B0"/>
     <w:rsid w:val="006763E3"/>
     <w:rsid w:val="006D78E8"/>
+    <w:rsid w:val="006F5D8D"/>
     <w:rsid w:val="007051AA"/>
-    <w:rsid w:val="00705A99"/>
     <w:rsid w:val="0071668E"/>
+    <w:rsid w:val="0075322C"/>
     <w:rsid w:val="007852E2"/>
     <w:rsid w:val="007952B3"/>
+    <w:rsid w:val="00813452"/>
     <w:rsid w:val="0081559E"/>
     <w:rsid w:val="00834D1A"/>
     <w:rsid w:val="00841F5B"/>
     <w:rsid w:val="00856910"/>
     <w:rsid w:val="00870943"/>
     <w:rsid w:val="00870C57"/>
+    <w:rsid w:val="00891AAA"/>
     <w:rsid w:val="00894CAC"/>
     <w:rsid w:val="008C0CDF"/>
     <w:rsid w:val="008D042A"/>
     <w:rsid w:val="008D0873"/>
     <w:rsid w:val="00910027"/>
     <w:rsid w:val="00912CE5"/>
     <w:rsid w:val="00927906"/>
     <w:rsid w:val="00941572"/>
     <w:rsid w:val="0096297D"/>
     <w:rsid w:val="00986931"/>
     <w:rsid w:val="00991D92"/>
     <w:rsid w:val="009A0038"/>
-    <w:rsid w:val="009B5865"/>
     <w:rsid w:val="009C74F2"/>
     <w:rsid w:val="009D19CF"/>
     <w:rsid w:val="009D6020"/>
     <w:rsid w:val="00A61D1C"/>
     <w:rsid w:val="00A763B5"/>
     <w:rsid w:val="00A907E4"/>
     <w:rsid w:val="00A932E7"/>
+    <w:rsid w:val="00AC28AB"/>
     <w:rsid w:val="00AC6947"/>
     <w:rsid w:val="00AD0DC0"/>
     <w:rsid w:val="00AF4499"/>
     <w:rsid w:val="00AF7773"/>
     <w:rsid w:val="00B02DFD"/>
     <w:rsid w:val="00B4225F"/>
     <w:rsid w:val="00B755FC"/>
     <w:rsid w:val="00B90DEE"/>
     <w:rsid w:val="00B97C7E"/>
+    <w:rsid w:val="00BA7802"/>
     <w:rsid w:val="00BC3680"/>
     <w:rsid w:val="00BC5348"/>
     <w:rsid w:val="00BF35C7"/>
+    <w:rsid w:val="00C14565"/>
     <w:rsid w:val="00C5257B"/>
     <w:rsid w:val="00CF0A6A"/>
     <w:rsid w:val="00D103CE"/>
     <w:rsid w:val="00D34C14"/>
     <w:rsid w:val="00D36059"/>
     <w:rsid w:val="00D76EC6"/>
     <w:rsid w:val="00D945BA"/>
     <w:rsid w:val="00DC0C95"/>
     <w:rsid w:val="00DD57A4"/>
     <w:rsid w:val="00DE40E6"/>
     <w:rsid w:val="00DF3C29"/>
     <w:rsid w:val="00DF440D"/>
     <w:rsid w:val="00E238C2"/>
     <w:rsid w:val="00E24CB2"/>
     <w:rsid w:val="00E31F9D"/>
     <w:rsid w:val="00E3283B"/>
     <w:rsid w:val="00E44DC2"/>
     <w:rsid w:val="00E72EBB"/>
     <w:rsid w:val="00E8741B"/>
     <w:rsid w:val="00EB3B79"/>
     <w:rsid w:val="00ED0174"/>
     <w:rsid w:val="00ED052D"/>
     <w:rsid w:val="00ED347C"/>
     <w:rsid w:val="00F10939"/>
+    <w:rsid w:val="00F14EFD"/>
     <w:rsid w:val="00F22C3E"/>
     <w:rsid w:val="00F5119D"/>
     <w:rsid w:val="00F7771C"/>
+    <w:rsid w:val="00F82C5E"/>
     <w:rsid w:val="00F96FB9"/>
     <w:rsid w:val="00FE4E4B"/>
     <w:rsid w:val="00FE5340"/>
     <w:rsid w:val="00FF154F"/>
     <w:rsid w:val="00FF511E"/>
+    <w:rsid w:val="00FF5246"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="nl-NL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="PersonName"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="4CBA6822"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{B1938A0F-E78D-4BFE-A486-F4BF78FD99A5}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="nl-NL" w:eastAsia="nl-NL" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="footnote text" w:uiPriority="99"/>
     <w:lsdException w:name="caption" w:qFormat="1"/>
     <w:lsdException w:name="footnote reference" w:uiPriority="99"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -9192,51 +8855,51 @@
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="VoetnoottekstChar">
     <w:name w:val="Voetnoottekst Char"/>
     <w:link w:val="Voetnoottekst"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="006224B5"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Voetnootmarkering">
     <w:name w:val="footnote reference"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006224B5"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="1130630454">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:diagnostiek@naktuinbouw.nl" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.naktuinbouw.nl/service/algemene-voorwaarden" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:diagnostiek@naktuinbouw.nl" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Kantoorthema">
@@ -9486,87 +9149,87 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D2198EC1-9FE3-4E27-82DE-39D5BA479B3F}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1BC70B38-8917-472B-8373-92C0BA5D3F77}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>normal</Template>
+  <Template>normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>494</Words>
-  <Characters>3717</Characters>
+  <Words>498</Words>
+  <Characters>3615</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>30</Lines>
   <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Verzamelen en inzenden van monsters</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Naktuinbouw, Roelofarendsveen, NL</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4203</CharactersWithSpaces>
+  <CharactersWithSpaces>4105</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="18" baseType="variant">
       <vt:variant>
         <vt:i4>1048639</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>mailto:diagnostiek@naktuinbouw.nl</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>4128823</vt:i4>
       </vt:variant>
       <vt:variant>
@@ -9589,37 +9252,37 @@
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>mailto:diagnostiek@naktuinbouw.nl</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>Diagnostiek opdracht tot toetsing</dc:title>
+  <dc:title>Verzamelen en inzenden van monsters</dc:title>
   <dc:subject/>
   <dc:creator>Ellis Meekes</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>